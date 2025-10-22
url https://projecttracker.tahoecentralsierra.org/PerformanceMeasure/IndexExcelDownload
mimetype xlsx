--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa1bce780b24c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8b4569b472a4f0dadf6877a78e50c23.psmdcp" Id="Rc8ee93e7beb24f24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd09cf05044c4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cde2e5a09f884d7d8a3d20d5f521d1bd.psmdcp" Id="R80a327b0c7564e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>