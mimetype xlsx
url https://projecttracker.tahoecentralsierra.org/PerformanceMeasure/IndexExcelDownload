--- v1 (2025-10-22)
+++ v2 (2025-11-21)
@@ -1,89 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd09cf05044c4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cde2e5a09f884d7d8a3d20d5f521d1bd.psmdcp" Id="R80a327b0c7564e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4beda0c3a41442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abbd4871bf6a4102860b744851fb8f7f.psmdcp" Id="Rc9d98c19afd74584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Measure Subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Options</x:t>
   </x:si>
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Biological Diversity Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>T&amp;E Species Richness (#species/acre)</x:t>
   </x:si>
   <x:si>
     <x:t>Unspecified</x:t>
   </x:si>
   <x:si>
+    <x:t>Acres of Desired Forest Characteristics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fire Dynamics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Change in % Departure of Mean Fire Return Interval Condition Class</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reduction from High to Med Annual Burn Probability (Pyrologix)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Structure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fine-Scale Heterogeneity Index</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stand Density Index (% of Historic Max)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Acres of Environmentally Sensitive Land Acquired</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Forest Fuels Reduction Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Phases</x:t>
   </x:si>
   <x:si>
     <x:t>Completed</x:t>
   </x:si>
   <x:si>
     <x:t>Initial</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Maintenance </x:t>
   </x:si>
   <x:si>
     <x:t>Planning</x:t>
   </x:si>
   <x:si>
     <x:t>Critical Zone</x:t>
@@ -359,71 +380,50 @@
     <x:t xml:space="preserve">Community Wildfire Protection Plan </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Plan</x:t>
   </x:si>
   <x:si>
     <x:t>Forest Management Plan</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat Plan</x:t>
   </x:si>
   <x:si>
     <x:t>Watershed Management Plan</x:t>
   </x:si>
   <x:si>
     <x:t>Culverts improved or replaced for Water quality/sediment reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Location</x:t>
   </x:si>
   <x:si>
     <x:t>Non-Special Flood Hazard Area</x:t>
   </x:si>
   <x:si>
     <x:t>Special Flood Hazard Area</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>Stand Density Index (% of Historic Max)</x:t>
   </x:si>
   <x:si>
     <x:t>Educational and Interpretive Programs Produced</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
     <x:t>Program Objective</x:t>
   </x:si>
   <x:si>
     <x:t>Education and Interpretation</x:t>
   </x:si>
   <x:si>
     <x:t>Technical Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Project Status</x:t>
   </x:si>
   <x:si>
     <x:t>Delivered</x:t>
   </x:si>
   <x:si>
     <x:t>Produced</x:t>
   </x:si>
@@ -1247,51 +1247,51 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:V161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="118.540625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.130625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="37.990625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="60.060625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="59.530625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="56.430625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="36.100625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="42.240625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="43.300625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="62.430625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="21.590625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="27.310625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="19.030625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.470625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="11.910625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="19.460625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="13.460625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="17.970625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.220625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="8.420625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="11.660625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="11.880625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
@@ -1332,819 +1332,819 @@
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:22">
       <x:c r="A5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>11</x:v>
-[...16 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G5" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:22">
+      <x:c r="C6" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:22">
-      <x:c r="A8" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="B8" s="0" t="s">
+      <x:c r="A8" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:22">
+      <x:c r="A9" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C8" s="0" t="s">
-[...21 lines deleted...]
-    <x:row r="9" spans="1:22">
       <x:c r="C9" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:22">
+      <x:c r="A11" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:22">
+      <x:c r="A12" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="F9" s="0" t="s">
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="G9" s="0" t="s">
+      <x:c r="D12" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="H9" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="C10" s="0" t="s">
+      <x:c r="F12" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="E10" s="0" t="s">
+      <x:c r="G12" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F10" s="0" t="s">
+      <x:c r="H12" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="G10" s="0" t="s">
+      <x:c r="I12" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:22">
+      <x:c r="C13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H10" s="0" t="s">
+      <x:c r="D13" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="I10" s="0" t="s">
+      <x:c r="F13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="J10" s="0" t="s">
+      <x:c r="G13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="K10" s="0" t="s">
-[...74 lines deleted...]
-      </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>45</x:v>
-[...26 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:22">
       <x:c r="C14" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="E14" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I14" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J14" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="K14" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="L14" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="M14" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="N14" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="O14" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="P14" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="Q14" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="R14" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="S14" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="T14" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="U14" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="V14" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:22">
+      <x:c r="A16" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:22">
+      <x:c r="A17" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G17" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I17" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D14" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="E14" s="0" t="s">
+      <x:c r="K17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F14" s="0" t="s">
+      <x:c r="L17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G14" s="0" t="s">
+      <x:c r="M17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="H14" s="0" t="s">
-[...10 lines deleted...]
-      <x:c r="E15" s="0" t="s">
+      <x:c r="N17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F15" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="0" t="s">
+      <x:c r="O17" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="P17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="H15" s="0" t="s">
+      <x:c r="Q17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="I15" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="J15" s="0" t="s">
+    </x:row>
+    <x:row r="18" spans="1:22">
+      <x:c r="C18" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="K15" s="0" t="s">
+      <x:c r="D18" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="L15" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="M15" s="0" t="s">
+      <x:c r="F18" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-      <x:c r="A18" s="0" t="s">
+      <x:c r="G18" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B18" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F18" s="0" t="s">
+      <x:c r="H18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:22">
       <x:c r="C19" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E19" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D19" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="E19" s="0" t="s">
+      <x:c r="I19" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F19" s="0" t="s">
+      <x:c r="K19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G19" s="0" t="s">
+      <x:c r="L19" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="M19" s="0" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:22">
       <x:c r="A21" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:22">
       <x:c r="A22" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:22">
+      <x:c r="C23" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E23" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="n">
-[...26 lines deleted...]
-        <x:v>4</x:v>
+      <x:c r="F23" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G23" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="I23" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:22">
-      <x:c r="A25" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="B25" s="0" t="s">
+      <x:c r="A25" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:22">
+      <x:c r="A26" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C25" s="0" t="s">
-[...23 lines deleted...]
-        <x:v>4</x:v>
+      <x:c r="C26" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E26" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F26" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G26" s="0" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:22">
-      <x:c r="A28" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="B28" s="0" t="s">
+      <x:c r="A28" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:22">
+      <x:c r="A29" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C28" s="0" t="s">
-[...18 lines deleted...]
-    <x:row r="29" spans="1:22">
       <x:c r="C29" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D29" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="F29" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:22">
+      <x:c r="A31" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:22">
+      <x:c r="A32" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="G29" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="C30" s="0" t="s">
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="D30" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="E30" s="0" t="s">
+      <x:c r="D32" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E32" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F30" s="0" t="s">
+      <x:c r="F32" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G30" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="0" t="s">
+      <x:c r="G32" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="I30" s="0" t="s">
+      <x:c r="H32" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:22">
+      <x:c r="C33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="J30" s="0" t="s">
-[...24 lines deleted...]
-      <x:c r="A33" s="0" t="s">
+      <x:c r="D33" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="B33" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="E33" s="0" t="s">
+      <x:c r="F33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>93</x:v>
-[...4 lines deleted...]
-      <x:c r="I33" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:22">
       <x:c r="C34" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E34" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F34" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G34" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H34" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="D34" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="E34" s="0" t="s">
+      <x:c r="I34" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="F34" s="0" t="s">
+      <x:c r="J34" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="K34" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:22">
+      <x:c r="A36" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:22">
+      <x:c r="A37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="G34" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="C35" s="0" t="s">
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D35" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="E35" s="0" t="s">
+      <x:c r="F37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F35" s="0" t="s">
+      <x:c r="G37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="G35" s="0" t="s">
-[...17 lines deleted...]
-        <x:v>4</x:v>
+      <x:c r="H37" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="I37" s="0" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:22">
-      <x:c r="A38" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="B38" s="0" t="s">
+      <x:c r="C38" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C38" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D38" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>11</x:v>
-[...16 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F38" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="G38" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:22">
+      <x:c r="C39" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E39" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G39" s="0" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:22">
-      <x:c r="A41" s="0" t="s">
-[...29 lines deleted...]
-        <x:v>4</x:v>
+      <x:c r="A41" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:22">
+      <x:c r="A42" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C42" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E42" s="0" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:22">
-      <x:c r="A44" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="D44" s="0" t="n">
+      <x:c r="A44" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:22">
+      <x:c r="A45" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C45" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D45" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E45" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:22">
+      <x:c r="A47" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:22">
+      <x:c r="A48" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="E44" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="H44" s="0" t="s">
+      <x:c r="E48" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F48" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="G48" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H48" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="I48" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="J48" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K48" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="L48" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:22">
+      <x:c r="A50" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:22">
+      <x:c r="A51" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="I44" s="0" t="s">
-[...92 lines deleted...]
-    <x:row r="51" spans="1:22">
       <x:c r="C51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D51" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:22">
       <x:c r="A53" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>2</x:v>
@@ -2196,86 +2196,86 @@
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:22">
       <x:c r="A57" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:22">
       <x:c r="A58" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D58" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:22">
       <x:c r="C59" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D59" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:22">
       <x:c r="C60" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D60" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
@@ -2288,85 +2288,85 @@
     <x:row r="62" spans="1:22">
       <x:c r="A62" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:22">
       <x:c r="A63" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D63" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:22">
       <x:c r="A65" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:22">
       <x:c r="A66" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D66" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:22">
       <x:c r="C67" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D67" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
@@ -2465,205 +2465,205 @@
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:22">
       <x:c r="A75" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:22">
       <x:c r="A76" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D76" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:22">
       <x:c r="A78" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:22">
       <x:c r="A79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D79" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:22">
       <x:c r="A81" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:22">
       <x:c r="A82" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D82" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:22">
       <x:c r="A84" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:22">
       <x:c r="A85" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D85" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:22">
       <x:c r="A87" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:22">
       <x:c r="A88" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D88" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:22">
       <x:c r="A90" s="1" t="s">
@@ -2711,91 +2711,91 @@
     <x:row r="93" spans="1:22">
       <x:c r="A93" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:22">
       <x:c r="A94" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D94" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:22">
       <x:c r="A96" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:22">
       <x:c r="A97" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D97" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:22">
       <x:c r="A99" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:22">
       <x:c r="A100" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>188</x:v>
@@ -2853,51 +2853,51 @@
     <x:row r="105" spans="1:22">
       <x:c r="A105" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:22">
       <x:c r="A106" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D106" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:22">
       <x:c r="C107" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D107" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
@@ -2919,68 +2919,68 @@
     <x:row r="109" spans="1:22">
       <x:c r="A109" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:22">
       <x:c r="A110" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D110" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:22">
       <x:c r="C111" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:22">
       <x:c r="C112" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D112" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
@@ -2993,51 +2993,51 @@
     <x:row r="114" spans="1:22">
       <x:c r="A114" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:22">
       <x:c r="A115" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D115" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:22">
       <x:c r="A117" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
@@ -3070,91 +3070,91 @@
     <x:row r="120" spans="1:22">
       <x:c r="A120" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:22">
       <x:c r="A121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D121" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:22">
       <x:c r="A123" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:22">
       <x:c r="A124" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D124" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:22">
       <x:c r="A126" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:22">
       <x:c r="A127" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>213</x:v>
@@ -3187,57 +3187,57 @@
     <x:row r="129" spans="1:22">
       <x:c r="A129" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:22">
       <x:c r="A130" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D130" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:22">
       <x:c r="A132" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:22">
       <x:c r="A133" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>186</x:v>
@@ -3288,51 +3288,51 @@
       <x:c r="B136" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D136" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:22">
       <x:c r="A138" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:22">
       <x:c r="A139" s="0" t="s">
         <x:v>235</x:v>
@@ -3376,117 +3376,117 @@
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:22">
       <x:c r="A142" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:22">
       <x:c r="A143" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D143" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:22">
       <x:c r="A145" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:22">
       <x:c r="A146" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D146" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:22">
       <x:c r="C147" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D147" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:22">
       <x:c r="A149" s="1" t="s">
@@ -3594,126 +3594,126 @@
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D156" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:22">
       <x:c r="C157" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D157" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:22">
       <x:c r="A159" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:22">
       <x:c r="A160" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D160" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:22">
       <x:c r="C161" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">