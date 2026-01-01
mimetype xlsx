--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4beda0c3a41442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abbd4871bf6a4102860b744851fb8f7f.psmdcp" Id="Rc9d98c19afd74584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cc057879124b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06773f9b28804455ae29e5d536db84ca.psmdcp" Id="Raab7e7f41785485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
@@ -46,873 +46,873 @@
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Biological Diversity Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>T&amp;E Species Richness (#species/acre)</x:t>
   </x:si>
   <x:si>
     <x:t>Unspecified</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Desired Forest Characteristics</x:t>
   </x:si>
   <x:si>
     <x:t>Fire Dynamics</x:t>
   </x:si>
   <x:si>
+    <x:t>Reduction from High to Med Annual Burn Probability (Pyrologix)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Change in % Departure of Mean Fire Return Interval Condition Class</x:t>
   </x:si>
   <x:si>
-    <x:t>Reduction from High to Med Annual Burn Probability (Pyrologix)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Structure</x:t>
   </x:si>
   <x:si>
     <x:t>Fine-Scale Heterogeneity Index</x:t>
   </x:si>
   <x:si>
     <x:t>Stand Density Index (% of Historic Max)</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Environmentally Sensitive Land Acquired</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Forest Fuels Reduction Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Phases</x:t>
   </x:si>
   <x:si>
+    <x:t>Planning</x:t>
+  </x:si>
+  <x:si>
     <x:t>Completed</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Maintenance </x:t>
+  </x:si>
+  <x:si>
     <x:t>Initial</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Maintenance </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Critical Zone</x:t>
   </x:si>
   <x:si>
+    <x:t>Recreation Areas</x:t>
+  </x:si>
+  <x:si>
     <x:t>Critical Habitats</x:t>
   </x:si>
   <x:si>
     <x:t>Critical Headwater Resources</x:t>
   </x:si>
   <x:si>
-    <x:t>Recreation Areas</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Treatment Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Pile Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jackpot Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Broadcast Burning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prescribed/Targeted Grazing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pruning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mechanical Thinning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helicopter Yarding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand Thinning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cultural Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipping</x:t>
+  </x:si>
+  <x:si>
     <x:t>Biomass Removal</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Broadcast Burning </x:t>
+    <x:t>Prescribed Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salvage Cut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Machine Piling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand Piling</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical Treatment</x:t>
   </x:si>
   <x:si>
-    <x:t>Chipping</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Acres of Habitat Restored/Created</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Other Sensitive Habitat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vernal Pool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dry Meadow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stream Bank/Riparian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wet Meadow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEZ/Wetland/Fen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deciduous Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coniferous Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grassland/Prairie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aspen</x:t>
   </x:si>
   <x:si>
-    <x:t>Coniferous Forest</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Oak Woodland</x:t>
   </x:si>
   <x:si>
-    <x:t>Other Sensitive Habitat</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Action Taken</x:t>
   </x:si>
   <x:si>
+    <x:t>Enhanced</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Restored</x:t>
+  </x:si>
+  <x:si>
     <x:t>Created</x:t>
   </x:si>
   <x:si>
-    <x:t>Enhanced</x:t>
-[...2 lines deleted...]
-    <x:t>Restored</x:t>
+    <x:t>Planting Native Species</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soil Aeration/ Tilling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invasive Species Removal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowing/Brush Cutting</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mechanical Piling </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Hand Piling </x:t>
   </x:si>
   <x:si>
-    <x:t>Invasive Species Removal</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Acres of Plants Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Condition</x:t>
   </x:si>
   <x:si>
     <x:t>% of Acreage in High Normalized Difference Vegetation Index (NDVI)</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetation and Land Cover Types Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Aquatic Plants</x:t>
   </x:si>
   <x:si>
+    <x:t>Ground Covers</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cover Crops</x:t>
   </x:si>
   <x:si>
-    <x:t>Ground Covers</x:t>
+    <x:t>Wetland Plants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trees</x:t>
   </x:si>
   <x:si>
     <x:t>Seeding Grasses, Forbs, and Shrubs</x:t>
   </x:si>
   <x:si>
-    <x:t>Trees</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Acres of SEZ Restored or Enhanced</x:t>
   </x:si>
   <x:si>
     <x:t>Action Performed</x:t>
   </x:si>
   <x:si>
     <x:t>Acres Reforested</x:t>
   </x:si>
   <x:si>
     <x:t>Acres Treated for Invasive Species</x:t>
   </x:si>
   <x:si>
     <x:t>Level of Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Achieved Control/Eradication</x:t>
   </x:si>
   <x:si>
+    <x:t>Ongoing Maintenance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Initial Treatment</x:t>
   </x:si>
   <x:si>
-    <x:t>Ongoing Maintenance</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Invasive Species Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Terrestrial</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aquatic</x:t>
   </x:si>
   <x:si>
-    <x:t>Terrestrial</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Form of Removal</x:t>
   </x:si>
   <x:si>
     <x:t>Biological</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical</x:t>
   </x:si>
   <x:si>
+    <x:t>Mechanical</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manual</x:t>
   </x:si>
   <x:si>
-    <x:t>Mechanical</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Acres Treated with Integrated Pest and Disease Management</x:t>
   </x:si>
   <x:si>
+    <x:t>Herbicide Application</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pesticide Application</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hand Treatment</x:t>
   </x:si>
   <x:si>
-    <x:t>Herbicide Application</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Mechanical Treatment</x:t>
   </x:si>
   <x:si>
-    <x:t>Pesticide Application</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Pest Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Insects</x:t>
+  </x:si>
+  <x:si>
     <x:t>Disease</x:t>
   </x:si>
   <x:si>
-    <x:t>Insects</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Response Strategies</x:t>
   </x:si>
   <x:si>
+    <x:t>Reactionary</x:t>
+  </x:si>
+  <x:si>
     <x:t>Preventative</x:t>
   </x:si>
   <x:si>
-    <x:t>Reactionary</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ARUs (Acoustic Recording Units) Deployed</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (count)</x:t>
   </x:si>
   <x:si>
     <x:t>Community Outreach &amp; Training Events Conducted</x:t>
   </x:si>
   <x:si>
     <x:t>Completed Planning Documents</x:t>
   </x:si>
   <x:si>
     <x:t>Plan Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Conservation Plan</x:t>
+  </x:si>
+  <x:si>
     <x:t>Carbon &amp; GHG Reduction Plan</x:t>
   </x:si>
   <x:si>
+    <x:t>Forest Management Plan</x:t>
+  </x:si>
+  <x:si>
     <x:t>Climate Adaptation Research Plans</x:t>
   </x:si>
   <x:si>
+    <x:t>Habitat Plan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watershed Management Plan</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Community Wildfire Protection Plan </x:t>
   </x:si>
   <x:si>
-    <x:t>Conservation Plan</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Culverts improved or replaced for Water quality/sediment reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Location</x:t>
   </x:si>
   <x:si>
+    <x:t>Special Flood Hazard Area</x:t>
+  </x:si>
+  <x:si>
     <x:t>Non-Special Flood Hazard Area</x:t>
   </x:si>
   <x:si>
-    <x:t>Special Flood Hazard Area</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Educational and Interpretive Programs Produced</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
     <x:t>Program Objective</x:t>
   </x:si>
   <x:si>
     <x:t>Education and Interpretation</x:t>
   </x:si>
   <x:si>
     <x:t>Technical Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Project Status</x:t>
   </x:si>
   <x:si>
+    <x:t>Produced</x:t>
+  </x:si>
+  <x:si>
     <x:t>Delivered</x:t>
   </x:si>
   <x:si>
-    <x:t>Produced</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Facilities Improved &amp; Created</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Purpose of Facility</x:t>
   </x:si>
   <x:si>
+    <x:t>Transit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recreation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firefighting Infrastructure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Water &amp; Power Supply, Storage, Operational, and Distribution Facilities</x:t>
+  </x:si>
+  <x:si>
     <x:t>Education/Interpretation</x:t>
   </x:si>
   <x:si>
-    <x:t>Firefighting Infrastructure</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Improved</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Facility Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Trails &amp; Paths</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miscellaneous Structures</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve"> Designated Areas</x:t>
   </x:si>
   <x:si>
     <x:t>Buildings &amp; Grounds</x:t>
   </x:si>
   <x:si>
-    <x:t>Miscellaneous Structures</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Firefighting Capacity Equipment Procurement</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar ($)</x:t>
   </x:si>
   <x:si>
     <x:t>Fish Passage Barrier Treatment</x:t>
   </x:si>
   <x:si>
+    <x:t>Removal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitigation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Creation</x:t>
   </x:si>
   <x:si>
-    <x:t>Mitigation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Barrier Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Natural</x:t>
+  </x:si>
+  <x:si>
     <x:t>Man-made</x:t>
   </x:si>
   <x:si>
-    <x:t>Natural</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fish Stocked</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose of Planting</x:t>
   </x:si>
   <x:si>
     <x:t>Recovery</x:t>
   </x:si>
   <x:si>
     <x:t>Grading</x:t>
   </x:si>
   <x:si>
     <x:t>Cubic Yard (cubic yards)</x:t>
   </x:si>
   <x:si>
     <x:t>Method</x:t>
   </x:si>
   <x:si>
+    <x:t>Rough and Finish Grading</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drainage Control and Alteration Grading</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Compaction </x:t>
   </x:si>
   <x:si>
-    <x:t>Drainage Control and Alteration Grading</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Excavation and Cut/Fill Grading</x:t>
   </x:si>
   <x:si>
     <x:t>Landform and Slope Grading</x:t>
   </x:si>
   <x:si>
-    <x:t>Rough and Finish Grading</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ground Water Supply Improvement</x:t>
   </x:si>
   <x:si>
     <x:t>Project Type</x:t>
   </x:si>
   <x:si>
     <x:t>FloodMar/Aquifer Recharge</x:t>
   </x:si>
   <x:si>
+    <x:t>Wetland/Meadow Restoration</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riparian/Floodplain Restoration</x:t>
   </x:si>
   <x:si>
-    <x:t>Wetland/Meadow Restoration</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Hours of Volunteer &amp; Citizen Science</x:t>
   </x:si>
   <x:si>
     <x:t>Households, Businesses, or Critical Infrastructure protected by Hardening Projects</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Damage Potential (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Type Inspected</x:t>
   </x:si>
   <x:si>
+    <x:t>Energy Substations</x:t>
+  </x:si>
+  <x:si>
     <x:t>Developed Recreation Sites</x:t>
   </x:si>
   <x:si>
-    <x:t>Energy Substations</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Structure Defensible Spaces</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Structural Exposure Score (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Reservoirs</x:t>
   </x:si>
   <x:si>
     <x:t>Institutional Controls (Deed Restrictions)</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose of Restriction</x:t>
   </x:si>
   <x:si>
+    <x:t>Public Safety &amp; Access Control</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pollution Prevention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Land Use Restrictions</x:t>
+  </x:si>
+  <x:si>
     <x:t>Environmental Conservation</x:t>
   </x:si>
   <x:si>
-    <x:t>Land Use Restrictions</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Length of Public Shoreline Added</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Foot (lf)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Fireline Constructed for Wildfire Response or Preparedness</x:t>
   </x:si>
   <x:si>
     <x:t>Mile (miles)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Damage Potential (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Utility Corridors</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Structural Exposure Score (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Pedestrian and Bicycle Routes Improved or Constructed</x:t>
   </x:si>
   <x:si>
     <x:t>Constructed</x:t>
   </x:si>
   <x:si>
     <x:t>Designated</x:t>
   </x:si>
   <x:si>
     <x:t>Path or Route Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Sidewalk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Class III/Bike Route</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Class II/Bike Lane</x:t>
+  </x:si>
+  <x:si>
     <x:t>Class I/Shared Use Path</x:t>
   </x:si>
   <x:si>
-    <x:t>Class II/Bike Lane</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Miles of Road Treated</x:t>
   </x:si>
   <x:si>
+    <x:t>Retrofitted</x:t>
+  </x:si>
+  <x:si>
     <x:t>Decommissioned</x:t>
   </x:si>
   <x:si>
-    <x:t>Retrofitted</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Road Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Unpaved</x:t>
+  </x:si>
+  <x:si>
     <x:t>Paved</x:t>
   </x:si>
   <x:si>
-    <x:t>Unpaved</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Miles of Trails Developed or Improved</x:t>
   </x:si>
   <x:si>
     <x:t>Developed</x:t>
   </x:si>
   <x:si>
     <x:t>Mine Waste Management</x:t>
   </x:si>
   <x:si>
     <x:t>Captured/ Buried (Sequestration)</x:t>
   </x:si>
   <x:si>
     <x:t>NEPA/CEQA-ready Acres</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Plants Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Pounds of Air Pollutants Removed or Avoided by Project</x:t>
   </x:si>
   <x:si>
     <x:t>Pounds (lbs)</x:t>
   </x:si>
   <x:si>
     <x:t>Pollutant of Concern</x:t>
   </x:si>
   <x:si>
+    <x:t>Particulate Matter less than 2.5 Microns (PM2.5)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Particulate Matter less than 10 Microns (PM10)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozone (O3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nitrogen Oxides (NOx)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Carbon Monoxide (CO)</x:t>
   </x:si>
   <x:si>
-    <x:t>Nitrogen Oxides (NOx)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Pounds of Trash Removed</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration Structure Installation</x:t>
   </x:si>
   <x:si>
     <x:t>Structure Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Shotcrete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Post-Assisted Log Structure (PAL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabion walls</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concrete drainage control structures</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Beaver Dam Analog (BDA) </x:t>
   </x:si>
   <x:si>
-    <x:t>Concrete drainage control structures</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Sediment Load Reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Sediment Source</x:t>
   </x:si>
   <x:si>
     <x:t>Channel Incision</x:t>
   </x:si>
   <x:si>
+    <x:t>Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sheet and Rill Erosion </x:t>
+  </x:si>
+  <x:si>
     <x:t>Gully</x:t>
   </x:si>
   <x:si>
     <x:t>Mass Wasting</x:t>
   </x:si>
   <x:si>
-    <x:t>Road</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Soil Amendment Application</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose</x:t>
   </x:si>
   <x:si>
+    <x:t>Soil Fertility and Structure Improvement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pollution and Contamination Mitigation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Carbon Sequestration and Climate Change Mitigation</x:t>
   </x:si>
   <x:si>
-    <x:t>Pollution and Contamination Mitigation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Type of Material Applied</x:t>
   </x:si>
   <x:si>
+    <x:t>Woodchips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hydroseed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cover Soil (clean)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Biochar</x:t>
   </x:si>
   <x:si>
-    <x:t>Cover Soil (clean)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Special Status Species Sites Protected or Re-established</x:t>
   </x:si>
   <x:si>
+    <x:t>Re-established</x:t>
+  </x:si>
+  <x:si>
     <x:t>Protected</x:t>
   </x:si>
   <x:si>
-    <x:t>Re-established</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stream Corridor Restored</x:t>
   </x:si>
   <x:si>
     <x:t>Bank</x:t>
   </x:si>
   <x:si>
     <x:t>In-stream; Coldwater ecosystems</x:t>
   </x:si>
   <x:si>
     <x:t>Riparian Buffer</x:t>
   </x:si>
   <x:si>
+    <x:t>Plantings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fence Installed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LWD Installation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grade Stabilization</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bank Stabilization</x:t>
   </x:si>
   <x:si>
-    <x:t>Fence Installed</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Tons of Biomass Utilized</x:t>
   </x:si>
   <x:si>
     <x:t>Ton (tons)</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Biomass</x:t>
   </x:si>
   <x:si>
+    <x:t>Green Tons</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bone Dry Tons</x:t>
   </x:si>
   <x:si>
-    <x:t>Green Tons</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tons of Greenhouse Gases Reduced</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Mitigation</x:t>
   </x:si>
   <x:si>
+    <x:t>Sequestration</x:t>
+  </x:si>
+  <x:si>
     <x:t>Avoided Emissions</x:t>
   </x:si>
   <x:si>
-    <x:t>Sequestration</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Water Conserved or Released</x:t>
   </x:si>
   <x:si>
     <x:t>Acre-Foot (acre-feet)</x:t>
   </x:si>
   <x:si>
     <x:t>Site Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Wildland/Park/Natural Area</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agricultural</x:t>
   </x:si>
   <x:si>
+    <x:t>Residential</x:t>
+  </x:si>
+  <x:si>
     <x:t>Municipal Facility</x:t>
   </x:si>
   <x:si>
-    <x:t>Residential</x:t>
-[...2 lines deleted...]
-    <x:t>Wildland/Park/Natural Area</x:t>
+    <x:t>Increased Soil Water Holding Capacity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irrigation System Upgrade</x:t>
   </x:si>
   <x:si>
     <x:t>Equipment Retrofits</x:t>
   </x:si>
   <x:si>
+    <x:t>Leak Detection</x:t>
+  </x:si>
+  <x:si>
     <x:t>Forest Thinning</x:t>
   </x:si>
   <x:si>
-    <x:t>Increased Soil Water Holding Capacity</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Water Storage Facility</x:t>
   </x:si>
   <x:si>
     <x:t>Watercraft Inspections for Invasive Species</x:t>
   </x:si>
   <x:si>
     <x:t>Invasive Species Detected</x:t>
   </x:si>
   <x:si>
+    <x:t>Other (Fauna)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>None</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussel</x:t>
+  </x:si>
+  <x:si>
     <x:t>Flora</x:t>
   </x:si>
   <x:si>
-    <x:t>Mussel</x:t>
-[...5 lines deleted...]
-    <x:t>Other (Fauna)</x:t>
+    <x:t>Watercraft Decontaminated</x:t>
   </x:si>
   <x:si>
     <x:t>No Decontamination Necessary</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Watercraft Decontaminated</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1247,68 +1247,68 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:V161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="118.540625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.130625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="37.990625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="59.530625" style="0" customWidth="1"/>
-[...11 lines deleted...]
-    <x:col min="17" max="17" width="13.460625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="60.060625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="59.530625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="47.150625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="62.430625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="26.120625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="31.790625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="32.590625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="17.610625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="16.920625" style="0" customWidth="1"/>
+    <x:col min="14" max="14" width="15.670625" style="0" customWidth="1"/>
+    <x:col min="15" max="15" width="9.310625" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="16.740625" style="0" customWidth="1"/>
+    <x:col min="17" max="17" width="11.880625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="17.970625" style="0" customWidth="1"/>
-    <x:col min="19" max="19" width="26.220625" style="0" customWidth="1"/>
-[...2 lines deleted...]
-    <x:col min="22" max="22" width="11.880625" style="0" customWidth="1"/>
+    <x:col min="19" max="19" width="11.660625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="14.330625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="11.440625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="19.120625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:22">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -1505,66 +1505,66 @@
       <x:c r="I14" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="R14" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="R14" s="0" t="s">
+      <x:c r="S14" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="S14" s="0" t="s">
+      <x:c r="T14" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="T14" s="0" t="s">
+      <x:c r="U14" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="U14" s="0" t="s">
+      <x:c r="V14" s="0" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:22">
       <x:c r="A16" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:22">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
@@ -1584,109 +1584,109 @@
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:22">
       <x:c r="C18" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:22">
       <x:c r="C19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="L19" s="0" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:22">
       <x:c r="A21" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:22">
       <x:c r="A22" s="0" t="s">
         <x:v>71</x:v>
@@ -1745,51 +1745,51 @@
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:22">
       <x:c r="A26" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:22">
       <x:c r="A28" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:22">
       <x:c r="A29" s="0" t="s">
         <x:v>83</x:v>
@@ -1853,69 +1853,69 @@
     <x:row r="33" spans="1:22">
       <x:c r="C33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D33" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:22">
       <x:c r="C34" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D34" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F34" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F34" s="0" t="s">
+      <x:c r="G34" s="0" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:22">
       <x:c r="A36" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:22">
       <x:c r="A37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
@@ -2071,54 +2071,54 @@
       <x:c r="C48" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D48" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:22">
       <x:c r="A50" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:22">
       <x:c r="A51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>109</x:v>
@@ -2151,71 +2151,71 @@
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:22">
       <x:c r="A54" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D54" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G54" s="0" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:22">
       <x:c r="C55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D55" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F55" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F55" s="0" t="s">
+      <x:c r="G55" s="0" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:22">
       <x:c r="A57" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:22">
       <x:c r="A58" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>109</x:v>
@@ -2231,57 +2231,57 @@
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:22">
       <x:c r="C59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D59" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:22">
       <x:c r="C60" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D60" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -2388,54 +2388,54 @@
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:22">
       <x:c r="A70" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D70" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F70" s="0" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:22">
       <x:c r="A72" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:22">
       <x:c r="A73" s="0" t="s">
         <x:v>157</x:v>
@@ -2480,54 +2480,54 @@
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:22">
       <x:c r="A76" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D76" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:22">
       <x:c r="A78" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:22">
       <x:c r="A79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>125</x:v>
@@ -2628,57 +2628,57 @@
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:22">
       <x:c r="A88" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D88" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="F88" s="0" t="s">
+      <x:c r="G88" s="0" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:22">
       <x:c r="A90" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
@@ -2785,194 +2785,194 @@
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:22">
       <x:c r="A100" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D100" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:22">
       <x:c r="A102" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:22">
       <x:c r="A103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D103" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:22">
       <x:c r="A105" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:22">
       <x:c r="A106" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D106" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:22">
       <x:c r="C107" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D107" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F107" s="0" t="s">
+      <x:c r="G107" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="G107" s="0" t="s">
+      <x:c r="H107" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="H107" s="0" t="s">
+      <x:c r="I107" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:22">
       <x:c r="A109" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:22">
       <x:c r="A110" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D110" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:22">
       <x:c r="C111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:22">
       <x:c r="C112" s="0" t="s">
         <x:v>203</x:v>
@@ -3002,91 +3002,91 @@
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:22">
       <x:c r="A115" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D115" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G115" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:22">
       <x:c r="A117" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:22">
       <x:c r="A118" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D118" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:22">
       <x:c r="A120" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:22">
       <x:c r="A121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
@@ -3282,57 +3282,57 @@
       </x:c>
     </x:row>
     <x:row r="136" spans="1:22">
       <x:c r="A136" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D136" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I136" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="I136" s="0" t="s">
+      <x:c r="J136" s="0" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:22">
       <x:c r="A138" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:22">
       <x:c r="A139" s="0" t="s">
         <x:v>235</x:v>
@@ -3428,57 +3428,57 @@
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:22">
       <x:c r="A146" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D146" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G146" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="G146" s="0" t="s">
+      <x:c r="H146" s="0" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:22">
       <x:c r="C147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D147" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
@@ -3586,83 +3586,83 @@
       </x:c>
     </x:row>
     <x:row r="156" spans="1:22">
       <x:c r="A156" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D156" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:22">
       <x:c r="C157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D157" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:22">
       <x:c r="A159" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:22">
       <x:c r="A160" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>109</x:v>
@@ -3678,54 +3678,54 @@
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:22">
       <x:c r="C161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Performance Measures</vt:lpstr>
       <vt:lpstr>Performance Measures!Print_Area</vt:lpstr>
       <vt:lpstr>Performance Measures!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>