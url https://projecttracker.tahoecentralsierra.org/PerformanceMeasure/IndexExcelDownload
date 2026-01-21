--- v3 (2026-01-01)
+++ v4 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cc057879124b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06773f9b28804455ae29e5d536db84ca.psmdcp" Id="Raab7e7f41785485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd27e085307e4bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2939b223134049479e61b3d822a210c1.psmdcp" Id="R2258799c2f4e44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
@@ -46,873 +46,873 @@
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Biological Diversity Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>T&amp;E Species Richness (#species/acre)</x:t>
   </x:si>
   <x:si>
     <x:t>Unspecified</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Desired Forest Characteristics</x:t>
   </x:si>
   <x:si>
     <x:t>Fire Dynamics</x:t>
   </x:si>
   <x:si>
+    <x:t>Change in % Departure of Mean Fire Return Interval Condition Class</x:t>
+  </x:si>
+  <x:si>
     <x:t>Reduction from High to Med Annual Burn Probability (Pyrologix)</x:t>
   </x:si>
   <x:si>
-    <x:t>Change in % Departure of Mean Fire Return Interval Condition Class</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Structure</x:t>
   </x:si>
   <x:si>
     <x:t>Fine-Scale Heterogeneity Index</x:t>
   </x:si>
   <x:si>
     <x:t>Stand Density Index (% of Historic Max)</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Environmentally Sensitive Land Acquired</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Forest Fuels Reduction Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Phases</x:t>
   </x:si>
   <x:si>
+    <x:t>Completed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initial</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Maintenance </x:t>
+  </x:si>
+  <x:si>
     <x:t>Planning</x:t>
   </x:si>
   <x:si>
-    <x:t>Completed</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Critical Zone</x:t>
   </x:si>
   <x:si>
+    <x:t>Critical Habitats</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Critical Headwater Resources</x:t>
+  </x:si>
+  <x:si>
     <x:t>Recreation Areas</x:t>
   </x:si>
   <x:si>
-    <x:t>Critical Habitats</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Treatment Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Biomass Removal</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Broadcast Burning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemical Treatment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipping</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cultural Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand Piling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand Thinning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helicopter Yarding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jackpot Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Machine Piling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mechanical Thinning</x:t>
+  </x:si>
+  <x:si>
     <x:t>Pile Burning</x:t>
   </x:si>
   <x:si>
-    <x:t>Jackpot Burning</x:t>
-[...2 lines deleted...]
-    <x:t xml:space="preserve">Broadcast Burning </x:t>
+    <x:t>Prescribed Burning</x:t>
   </x:si>
   <x:si>
     <x:t>Prescribed/Targeted Grazing</x:t>
   </x:si>
   <x:si>
     <x:t>Pruning</x:t>
   </x:si>
   <x:si>
-    <x:t>Mechanical Thinning</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Salvage Cut</x:t>
   </x:si>
   <x:si>
-    <x:t>Machine Piling</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Acres of Habitat Restored/Created</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Aspen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coniferous Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deciduous Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dry Meadow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grassland/Prairie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oak Woodland</x:t>
+  </x:si>
+  <x:si>
     <x:t>Other Sensitive Habitat</x:t>
   </x:si>
   <x:si>
+    <x:t>SEZ/Wetland/Fen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stream Bank/Riparian</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vernal Pool</x:t>
   </x:si>
   <x:si>
-    <x:t>Dry Meadow</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Wet Meadow</x:t>
   </x:si>
   <x:si>
-    <x:t>SEZ/Wetland/Fen</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Action Taken</x:t>
   </x:si>
   <x:si>
+    <x:t>Created</x:t>
+  </x:si>
+  <x:si>
     <x:t>Enhanced</x:t>
   </x:si>
   <x:si>
     <x:t>Restored</x:t>
   </x:si>
   <x:si>
-    <x:t>Created</x:t>
+    <x:t xml:space="preserve">Hand Piling </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invasive Species Removal</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mechanical Piling </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowing/Brush Cutting</x:t>
   </x:si>
   <x:si>
     <x:t>Planting Native Species</x:t>
   </x:si>
   <x:si>
     <x:t>Soil Aeration/ Tilling</x:t>
   </x:si>
   <x:si>
-    <x:t>Invasive Species Removal</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Acres of Plants Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Condition</x:t>
   </x:si>
   <x:si>
     <x:t>% of Acreage in High Normalized Difference Vegetation Index (NDVI)</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetation and Land Cover Types Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Aquatic Plants</x:t>
   </x:si>
   <x:si>
+    <x:t>Cover Crops</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ground Covers</x:t>
   </x:si>
   <x:si>
-    <x:t>Cover Crops</x:t>
+    <x:t>Seeding Grasses, Forbs, and Shrubs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trees</x:t>
   </x:si>
   <x:si>
     <x:t>Wetland Plants</x:t>
   </x:si>
   <x:si>
-    <x:t>Trees</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Acres of SEZ Restored or Enhanced</x:t>
   </x:si>
   <x:si>
     <x:t>Action Performed</x:t>
   </x:si>
   <x:si>
     <x:t>Acres Reforested</x:t>
   </x:si>
   <x:si>
     <x:t>Acres Treated for Invasive Species</x:t>
   </x:si>
   <x:si>
     <x:t>Level of Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Achieved Control/Eradication</x:t>
   </x:si>
   <x:si>
+    <x:t>Initial Treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ongoing Maintenance</x:t>
   </x:si>
   <x:si>
-    <x:t>Initial Treatment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Invasive Species Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Aquatic</x:t>
+  </x:si>
+  <x:si>
     <x:t>Terrestrial</x:t>
   </x:si>
   <x:si>
-    <x:t>Aquatic</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Form of Removal</x:t>
   </x:si>
   <x:si>
     <x:t>Biological</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical</x:t>
   </x:si>
   <x:si>
+    <x:t>Manual</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mechanical</x:t>
   </x:si>
   <x:si>
-    <x:t>Manual</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Acres Treated with Integrated Pest and Disease Management</x:t>
   </x:si>
   <x:si>
+    <x:t>Hand Treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Herbicide Application</x:t>
   </x:si>
   <x:si>
+    <x:t>Mechanical Treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Pesticide Application</x:t>
   </x:si>
   <x:si>
-    <x:t>Hand Treatment</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Pest Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Disease</x:t>
+  </x:si>
+  <x:si>
     <x:t>Insects</x:t>
   </x:si>
   <x:si>
-    <x:t>Disease</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Response Strategies</x:t>
   </x:si>
   <x:si>
+    <x:t>Preventative</x:t>
+  </x:si>
+  <x:si>
     <x:t>Reactionary</x:t>
   </x:si>
   <x:si>
-    <x:t>Preventative</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ARUs (Acoustic Recording Units) Deployed</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (count)</x:t>
   </x:si>
   <x:si>
     <x:t>Community Outreach &amp; Training Events Conducted</x:t>
   </x:si>
   <x:si>
     <x:t>Completed Planning Documents</x:t>
   </x:si>
   <x:si>
     <x:t>Plan Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Carbon &amp; GHG Reduction Plan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Adaptation Research Plans</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Community Wildfire Protection Plan </x:t>
+  </x:si>
+  <x:si>
     <x:t>Conservation Plan</x:t>
   </x:si>
   <x:si>
-    <x:t>Carbon &amp; GHG Reduction Plan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Forest Management Plan</x:t>
   </x:si>
   <x:si>
-    <x:t>Climate Adaptation Research Plans</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habitat Plan</x:t>
   </x:si>
   <x:si>
     <x:t>Watershed Management Plan</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Community Wildfire Protection Plan </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Culverts improved or replaced for Water quality/sediment reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Location</x:t>
   </x:si>
   <x:si>
+    <x:t>Non-Special Flood Hazard Area</x:t>
+  </x:si>
+  <x:si>
     <x:t>Special Flood Hazard Area</x:t>
   </x:si>
   <x:si>
-    <x:t>Non-Special Flood Hazard Area</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Educational and Interpretive Programs Produced</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
     <x:t>Program Objective</x:t>
   </x:si>
   <x:si>
     <x:t>Education and Interpretation</x:t>
   </x:si>
   <x:si>
     <x:t>Technical Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Project Status</x:t>
   </x:si>
   <x:si>
+    <x:t>Delivered</x:t>
+  </x:si>
+  <x:si>
     <x:t>Produced</x:t>
   </x:si>
   <x:si>
-    <x:t>Delivered</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Facilities Improved &amp; Created</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Purpose of Facility</x:t>
   </x:si>
   <x:si>
+    <x:t>Education/Interpretation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firefighting Infrastructure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recreation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transit</x:t>
   </x:si>
   <x:si>
-    <x:t>Recreation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Water &amp; Power Supply, Storage, Operational, and Distribution Facilities</x:t>
   </x:si>
   <x:si>
-    <x:t>Education/Interpretation</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Improved</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Facility Type</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve"> Designated Areas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buildings &amp; Grounds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miscellaneous Structures</x:t>
+  </x:si>
+  <x:si>
     <x:t>Trails &amp; Paths</x:t>
   </x:si>
   <x:si>
-    <x:t>Miscellaneous Structures</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Firefighting Capacity Equipment Procurement</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar ($)</x:t>
   </x:si>
   <x:si>
     <x:t>Fish Passage Barrier Treatment</x:t>
   </x:si>
   <x:si>
+    <x:t>Creation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitigation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Removal</x:t>
   </x:si>
   <x:si>
-    <x:t>Mitigation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Barrier Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Man-made</x:t>
+  </x:si>
+  <x:si>
     <x:t>Natural</x:t>
   </x:si>
   <x:si>
-    <x:t>Man-made</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fish Stocked</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose of Planting</x:t>
   </x:si>
   <x:si>
     <x:t>Recovery</x:t>
   </x:si>
   <x:si>
     <x:t>Grading</x:t>
   </x:si>
   <x:si>
     <x:t>Cubic Yard (cubic yards)</x:t>
   </x:si>
   <x:si>
     <x:t>Method</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Compaction </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drainage Control and Alteration Grading</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Excavation and Cut/Fill Grading</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landform and Slope Grading</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rough and Finish Grading</x:t>
   </x:si>
   <x:si>
-    <x:t>Drainage Control and Alteration Grading</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Ground Water Supply Improvement</x:t>
   </x:si>
   <x:si>
     <x:t>Project Type</x:t>
   </x:si>
   <x:si>
     <x:t>FloodMar/Aquifer Recharge</x:t>
   </x:si>
   <x:si>
+    <x:t>Riparian/Floodplain Restoration</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wetland/Meadow Restoration</x:t>
   </x:si>
   <x:si>
-    <x:t>Riparian/Floodplain Restoration</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Hours of Volunteer &amp; Citizen Science</x:t>
   </x:si>
   <x:si>
     <x:t>Households, Businesses, or Critical Infrastructure protected by Hardening Projects</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Damage Potential (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Type Inspected</x:t>
   </x:si>
   <x:si>
+    <x:t>Developed Recreation Sites</x:t>
+  </x:si>
+  <x:si>
     <x:t>Energy Substations</x:t>
   </x:si>
   <x:si>
-    <x:t>Developed Recreation Sites</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Structure Defensible Spaces</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Structural Exposure Score (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Reservoirs</x:t>
   </x:si>
   <x:si>
     <x:t>Institutional Controls (Deed Restrictions)</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose of Restriction</x:t>
   </x:si>
   <x:si>
+    <x:t>Environmental Conservation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Land Use Restrictions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pollution Prevention</x:t>
+  </x:si>
+  <x:si>
     <x:t>Public Safety &amp; Access Control</x:t>
   </x:si>
   <x:si>
-    <x:t>Pollution Prevention</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Length of Public Shoreline Added</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Foot (lf)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Fireline Constructed for Wildfire Response or Preparedness</x:t>
   </x:si>
   <x:si>
     <x:t>Mile (miles)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Damage Potential (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Utility Corridors</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Structural Exposure Score (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Pedestrian and Bicycle Routes Improved or Constructed</x:t>
   </x:si>
   <x:si>
     <x:t>Constructed</x:t>
   </x:si>
   <x:si>
     <x:t>Designated</x:t>
   </x:si>
   <x:si>
     <x:t>Path or Route Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Class I/Shared Use Path</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Class II/Bike Lane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Class III/Bike Route</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sidewalk</x:t>
   </x:si>
   <x:si>
-    <x:t>Class III/Bike Route</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Miles of Road Treated</x:t>
   </x:si>
   <x:si>
+    <x:t>Decommissioned</x:t>
+  </x:si>
+  <x:si>
     <x:t>Retrofitted</x:t>
   </x:si>
   <x:si>
-    <x:t>Decommissioned</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Road Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Paved</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unpaved</x:t>
   </x:si>
   <x:si>
-    <x:t>Paved</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Miles of Trails Developed or Improved</x:t>
   </x:si>
   <x:si>
     <x:t>Developed</x:t>
   </x:si>
   <x:si>
     <x:t>Mine Waste Management</x:t>
   </x:si>
   <x:si>
     <x:t>Captured/ Buried (Sequestration)</x:t>
   </x:si>
   <x:si>
     <x:t>NEPA/CEQA-ready Acres</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Plants Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Pounds of Air Pollutants Removed or Avoided by Project</x:t>
   </x:si>
   <x:si>
     <x:t>Pounds (lbs)</x:t>
   </x:si>
   <x:si>
     <x:t>Pollutant of Concern</x:t>
   </x:si>
   <x:si>
+    <x:t>Carbon Monoxide (CO)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nitrogen Oxides (NOx)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozone (O3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Particulate Matter less than 10 Microns (PM10)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Particulate Matter less than 2.5 Microns (PM2.5)</x:t>
   </x:si>
   <x:si>
-    <x:t>Particulate Matter less than 10 Microns (PM10)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Pounds of Trash Removed</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration Structure Installation</x:t>
   </x:si>
   <x:si>
     <x:t>Structure Type</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Beaver Dam Analog (BDA) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concrete drainage control structures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabion walls</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Post-Assisted Log Structure (PAL)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Shotcrete</x:t>
   </x:si>
   <x:si>
-    <x:t>Post-Assisted Log Structure (PAL)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Sediment Load Reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Sediment Source</x:t>
   </x:si>
   <x:si>
     <x:t>Channel Incision</x:t>
   </x:si>
   <x:si>
+    <x:t>Gully</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Wasting</x:t>
+  </x:si>
+  <x:si>
     <x:t>Road</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Sheet and Rill Erosion </x:t>
   </x:si>
   <x:si>
-    <x:t>Gully</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Soil Amendment Application</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose</x:t>
   </x:si>
   <x:si>
+    <x:t>Carbon Sequestration and Climate Change Mitigation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pollution and Contamination Mitigation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Soil Fertility and Structure Improvement</x:t>
   </x:si>
   <x:si>
-    <x:t>Pollution and Contamination Mitigation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Type of Material Applied</x:t>
   </x:si>
   <x:si>
+    <x:t>Biochar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cover Soil (clean)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hydroseed</x:t>
+  </x:si>
+  <x:si>
     <x:t>Woodchips</x:t>
   </x:si>
   <x:si>
-    <x:t>Hydroseed</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Special Status Species Sites Protected or Re-established</x:t>
   </x:si>
   <x:si>
+    <x:t>Protected</x:t>
+  </x:si>
+  <x:si>
     <x:t>Re-established</x:t>
   </x:si>
   <x:si>
-    <x:t>Protected</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stream Corridor Restored</x:t>
   </x:si>
   <x:si>
     <x:t>Bank</x:t>
   </x:si>
   <x:si>
     <x:t>In-stream; Coldwater ecosystems</x:t>
   </x:si>
   <x:si>
     <x:t>Riparian Buffer</x:t>
   </x:si>
   <x:si>
+    <x:t>Bank Stabilization</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fence Installed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grade Stabilization</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LWD Installation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Plantings</x:t>
   </x:si>
   <x:si>
-    <x:t>Fence Installed</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Tons of Biomass Utilized</x:t>
   </x:si>
   <x:si>
     <x:t>Ton (tons)</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Biomass</x:t>
   </x:si>
   <x:si>
+    <x:t>Bone Dry Tons</x:t>
+  </x:si>
+  <x:si>
     <x:t>Green Tons</x:t>
   </x:si>
   <x:si>
-    <x:t>Bone Dry Tons</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tons of Greenhouse Gases Reduced</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Mitigation</x:t>
   </x:si>
   <x:si>
+    <x:t>Avoided Emissions</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sequestration</x:t>
   </x:si>
   <x:si>
-    <x:t>Avoided Emissions</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Water Conserved or Released</x:t>
   </x:si>
   <x:si>
     <x:t>Acre-Foot (acre-feet)</x:t>
   </x:si>
   <x:si>
     <x:t>Site Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Agricultural</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Municipal Facility</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residential</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wildland/Park/Natural Area</x:t>
   </x:si>
   <x:si>
-    <x:t>Agricultural</x:t>
-[...5 lines deleted...]
-    <x:t>Municipal Facility</x:t>
+    <x:t>Equipment Retrofits</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forest Thinning</x:t>
   </x:si>
   <x:si>
     <x:t>Increased Soil Water Holding Capacity</x:t>
   </x:si>
   <x:si>
     <x:t>Irrigation System Upgrade</x:t>
   </x:si>
   <x:si>
-    <x:t>Equipment Retrofits</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Leak Detection</x:t>
   </x:si>
   <x:si>
-    <x:t>Forest Thinning</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Water Storage Facility</x:t>
   </x:si>
   <x:si>
     <x:t>Watercraft Inspections for Invasive Species</x:t>
   </x:si>
   <x:si>
     <x:t>Invasive Species Detected</x:t>
   </x:si>
   <x:si>
+    <x:t>Flora</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>None</x:t>
+  </x:si>
+  <x:si>
     <x:t>Other (Fauna)</x:t>
   </x:si>
   <x:si>
-    <x:t>None</x:t>
-[...5 lines deleted...]
-    <x:t>Flora</x:t>
+    <x:t>No Decontamination Necessary</x:t>
   </x:si>
   <x:si>
     <x:t>Watercraft Decontaminated</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>No Decontamination Necessary</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1247,68 +1247,68 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:V161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="118.540625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.130625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="37.990625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="60.060625" style="0" customWidth="1"/>
-[...11 lines deleted...]
-    <x:col min="17" max="17" width="11.880625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="59.530625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="56.430625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="36.100625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="42.240625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="43.300625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="62.430625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="21.590625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="27.310625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="19.030625" style="0" customWidth="1"/>
+    <x:col min="14" max="14" width="20.470625" style="0" customWidth="1"/>
+    <x:col min="15" max="15" width="11.910625" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="19.460625" style="0" customWidth="1"/>
+    <x:col min="17" max="17" width="13.460625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="17.970625" style="0" customWidth="1"/>
-    <x:col min="19" max="19" width="11.660625" style="0" customWidth="1"/>
-[...2 lines deleted...]
-    <x:col min="22" max="22" width="19.120625" style="0" customWidth="1"/>
+    <x:col min="19" max="19" width="26.220625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="8.420625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="11.660625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="11.880625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:22">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -1505,66 +1505,66 @@
       <x:c r="I14" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R14" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S14" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="T14" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U14" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="V14" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:22">
       <x:c r="A16" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:22">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
@@ -1584,109 +1584,109 @@
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="P17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="P17" s="0" t="s">
+      <x:c r="Q17" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:22">
       <x:c r="C18" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:22">
       <x:c r="C19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G19" s="0" t="s">
+      <x:c r="H19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="H19" s="0" t="s">
+      <x:c r="I19" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="I19" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:22">
       <x:c r="A21" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:22">
       <x:c r="A22" s="0" t="s">
         <x:v>71</x:v>
@@ -1745,51 +1745,51 @@
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:22">
       <x:c r="A26" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:22">
       <x:c r="A28" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:22">
       <x:c r="A29" s="0" t="s">
         <x:v>83</x:v>
@@ -1853,69 +1853,69 @@
     <x:row r="33" spans="1:22">
       <x:c r="C33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D33" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:22">
       <x:c r="C34" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D34" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:22">
       <x:c r="A36" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:22">
       <x:c r="A37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
@@ -2071,54 +2071,54 @@
       <x:c r="C48" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D48" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="L48" s="0" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:22">
       <x:c r="A50" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:22">
       <x:c r="A51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>109</x:v>
@@ -2151,71 +2151,71 @@
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:22">
       <x:c r="A54" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D54" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:22">
       <x:c r="C55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D55" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:22">
       <x:c r="A57" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:22">
       <x:c r="A58" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>109</x:v>
@@ -2231,57 +2231,57 @@
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:22">
       <x:c r="C59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D59" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:22">
       <x:c r="C60" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D60" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -2388,54 +2388,54 @@
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:22">
       <x:c r="A70" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D70" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:22">
       <x:c r="A72" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:22">
       <x:c r="A73" s="0" t="s">
         <x:v>157</x:v>
@@ -2480,54 +2480,54 @@
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:22">
       <x:c r="A76" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D76" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="H76" s="0" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:22">
       <x:c r="A78" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:22">
       <x:c r="A79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>125</x:v>
@@ -2628,57 +2628,57 @@
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:22">
       <x:c r="A88" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D88" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="G88" s="0" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:22">
       <x:c r="A90" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
@@ -2785,194 +2785,194 @@
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:22">
       <x:c r="A100" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D100" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:22">
       <x:c r="A102" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:22">
       <x:c r="A103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D103" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:22">
       <x:c r="A105" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:22">
       <x:c r="A106" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D106" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:22">
       <x:c r="C107" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D107" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:22">
       <x:c r="A109" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:22">
       <x:c r="A110" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D110" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:22">
       <x:c r="C111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:22">
       <x:c r="C112" s="0" t="s">
         <x:v>203</x:v>
@@ -3002,91 +3002,91 @@
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:22">
       <x:c r="A115" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D115" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:22">
       <x:c r="A117" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:22">
       <x:c r="A118" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D118" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:22">
       <x:c r="A120" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:22">
       <x:c r="A121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
@@ -3282,57 +3282,57 @@
       </x:c>
     </x:row>
     <x:row r="136" spans="1:22">
       <x:c r="A136" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D136" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:22">
       <x:c r="A138" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:22">
       <x:c r="A139" s="0" t="s">
         <x:v>235</x:v>
@@ -3428,57 +3428,57 @@
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:22">
       <x:c r="A146" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D146" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:22">
       <x:c r="C147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D147" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
@@ -3586,83 +3586,83 @@
       </x:c>
     </x:row>
     <x:row r="156" spans="1:22">
       <x:c r="A156" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D156" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="I156" s="0" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:22">
       <x:c r="C157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D157" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="K157" s="0" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:22">
       <x:c r="A159" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:22">
       <x:c r="A160" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>109</x:v>
@@ -3678,54 +3678,54 @@
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:22">
       <x:c r="C161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G161" s="0" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Performance Measures</vt:lpstr>
       <vt:lpstr>Performance Measures!Print_Area</vt:lpstr>
       <vt:lpstr>Performance Measures!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>