--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd27e085307e4bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2939b223134049479e61b3d822a210c1.psmdcp" Id="R2258799c2f4e44d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb27602d1d2bf47c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bff88b1d0094e128abd1be481ac25dd.psmdcp" Id="R07307ca55b944a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>