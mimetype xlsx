--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb27602d1d2bf47c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bff88b1d0094e128abd1be481ac25dd.psmdcp" Id="R07307ca55b944a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb8be87ba8d4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3684b64adb804427876563bc6d790bcb.psmdcp" Id="R0efc2362f6874866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
@@ -46,873 +46,873 @@
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Biological Diversity Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>T&amp;E Species Richness (#species/acre)</x:t>
   </x:si>
   <x:si>
     <x:t>Unspecified</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Desired Forest Characteristics</x:t>
   </x:si>
   <x:si>
     <x:t>Fire Dynamics</x:t>
   </x:si>
   <x:si>
+    <x:t>Reduction from High to Med Annual Burn Probability (Pyrologix)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Change in % Departure of Mean Fire Return Interval Condition Class</x:t>
   </x:si>
   <x:si>
-    <x:t>Reduction from High to Med Annual Burn Probability (Pyrologix)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Structure</x:t>
   </x:si>
   <x:si>
     <x:t>Fine-Scale Heterogeneity Index</x:t>
   </x:si>
   <x:si>
     <x:t>Stand Density Index (% of Historic Max)</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Environmentally Sensitive Land Acquired</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Forest Fuels Reduction Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Phases</x:t>
   </x:si>
   <x:si>
+    <x:t>Planning</x:t>
+  </x:si>
+  <x:si>
     <x:t>Completed</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Maintenance </x:t>
+  </x:si>
+  <x:si>
     <x:t>Initial</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Maintenance </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Critical Zone</x:t>
   </x:si>
   <x:si>
+    <x:t>Recreation Areas</x:t>
+  </x:si>
+  <x:si>
     <x:t>Critical Habitats</x:t>
   </x:si>
   <x:si>
     <x:t>Critical Headwater Resources</x:t>
   </x:si>
   <x:si>
-    <x:t>Recreation Areas</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Treatment Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Pile Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jackpot Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Broadcast Burning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prescribed/Targeted Grazing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pruning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mechanical Thinning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helicopter Yarding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand Thinning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cultural Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipping</x:t>
+  </x:si>
+  <x:si>
     <x:t>Biomass Removal</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Broadcast Burning </x:t>
+    <x:t>Prescribed Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salvage Cut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Machine Piling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand Piling</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical Treatment</x:t>
   </x:si>
   <x:si>
-    <x:t>Chipping</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Acres of Habitat Restored/Created</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Other Sensitive Habitat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vernal Pool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dry Meadow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stream Bank/Riparian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wet Meadow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEZ/Wetland/Fen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deciduous Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coniferous Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grassland/Prairie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aspen</x:t>
   </x:si>
   <x:si>
-    <x:t>Coniferous Forest</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Oak Woodland</x:t>
   </x:si>
   <x:si>
-    <x:t>Other Sensitive Habitat</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Action Taken</x:t>
   </x:si>
   <x:si>
+    <x:t>Enhanced</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Restored</x:t>
+  </x:si>
+  <x:si>
     <x:t>Created</x:t>
   </x:si>
   <x:si>
-    <x:t>Enhanced</x:t>
-[...2 lines deleted...]
-    <x:t>Restored</x:t>
+    <x:t>Planting Native Species</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soil Aeration/ Tilling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invasive Species Removal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowing/Brush Cutting</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mechanical Piling </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Hand Piling </x:t>
   </x:si>
   <x:si>
-    <x:t>Invasive Species Removal</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Acres of Plants Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Condition</x:t>
   </x:si>
   <x:si>
     <x:t>% of Acreage in High Normalized Difference Vegetation Index (NDVI)</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetation and Land Cover Types Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Aquatic Plants</x:t>
   </x:si>
   <x:si>
+    <x:t>Ground Covers</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cover Crops</x:t>
   </x:si>
   <x:si>
-    <x:t>Ground Covers</x:t>
+    <x:t>Wetland Plants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trees</x:t>
   </x:si>
   <x:si>
     <x:t>Seeding Grasses, Forbs, and Shrubs</x:t>
   </x:si>
   <x:si>
-    <x:t>Trees</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Acres of SEZ Restored or Enhanced</x:t>
   </x:si>
   <x:si>
     <x:t>Action Performed</x:t>
   </x:si>
   <x:si>
     <x:t>Acres Reforested</x:t>
   </x:si>
   <x:si>
     <x:t>Acres Treated for Invasive Species</x:t>
   </x:si>
   <x:si>
     <x:t>Level of Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Achieved Control/Eradication</x:t>
   </x:si>
   <x:si>
+    <x:t>Ongoing Maintenance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Initial Treatment</x:t>
   </x:si>
   <x:si>
-    <x:t>Ongoing Maintenance</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Invasive Species Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Terrestrial</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aquatic</x:t>
   </x:si>
   <x:si>
-    <x:t>Terrestrial</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Form of Removal</x:t>
   </x:si>
   <x:si>
     <x:t>Biological</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical</x:t>
   </x:si>
   <x:si>
+    <x:t>Mechanical</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manual</x:t>
   </x:si>
   <x:si>
-    <x:t>Mechanical</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Acres Treated with Integrated Pest and Disease Management</x:t>
   </x:si>
   <x:si>
+    <x:t>Herbicide Application</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pesticide Application</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hand Treatment</x:t>
   </x:si>
   <x:si>
-    <x:t>Herbicide Application</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Mechanical Treatment</x:t>
   </x:si>
   <x:si>
-    <x:t>Pesticide Application</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Pest Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Insects</x:t>
+  </x:si>
+  <x:si>
     <x:t>Disease</x:t>
   </x:si>
   <x:si>
-    <x:t>Insects</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Response Strategies</x:t>
   </x:si>
   <x:si>
+    <x:t>Reactionary</x:t>
+  </x:si>
+  <x:si>
     <x:t>Preventative</x:t>
   </x:si>
   <x:si>
-    <x:t>Reactionary</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ARUs (Acoustic Recording Units) Deployed</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (count)</x:t>
   </x:si>
   <x:si>
     <x:t>Community Outreach &amp; Training Events Conducted</x:t>
   </x:si>
   <x:si>
     <x:t>Completed Planning Documents</x:t>
   </x:si>
   <x:si>
     <x:t>Plan Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Conservation Plan</x:t>
+  </x:si>
+  <x:si>
     <x:t>Carbon &amp; GHG Reduction Plan</x:t>
   </x:si>
   <x:si>
+    <x:t>Forest Management Plan</x:t>
+  </x:si>
+  <x:si>
     <x:t>Climate Adaptation Research Plans</x:t>
   </x:si>
   <x:si>
+    <x:t>Habitat Plan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watershed Management Plan</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Community Wildfire Protection Plan </x:t>
   </x:si>
   <x:si>
-    <x:t>Conservation Plan</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Culverts improved or replaced for Water quality/sediment reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Location</x:t>
   </x:si>
   <x:si>
+    <x:t>Special Flood Hazard Area</x:t>
+  </x:si>
+  <x:si>
     <x:t>Non-Special Flood Hazard Area</x:t>
   </x:si>
   <x:si>
-    <x:t>Special Flood Hazard Area</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Educational and Interpretive Programs Produced</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
     <x:t>Program Objective</x:t>
   </x:si>
   <x:si>
     <x:t>Education and Interpretation</x:t>
   </x:si>
   <x:si>
     <x:t>Technical Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Project Status</x:t>
   </x:si>
   <x:si>
+    <x:t>Produced</x:t>
+  </x:si>
+  <x:si>
     <x:t>Delivered</x:t>
   </x:si>
   <x:si>
-    <x:t>Produced</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Facilities Improved &amp; Created</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Purpose of Facility</x:t>
   </x:si>
   <x:si>
+    <x:t>Transit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recreation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firefighting Infrastructure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Water &amp; Power Supply, Storage, Operational, and Distribution Facilities</x:t>
+  </x:si>
+  <x:si>
     <x:t>Education/Interpretation</x:t>
   </x:si>
   <x:si>
-    <x:t>Firefighting Infrastructure</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Improved</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Facility Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Trails &amp; Paths</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miscellaneous Structures</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve"> Designated Areas</x:t>
   </x:si>
   <x:si>
     <x:t>Buildings &amp; Grounds</x:t>
   </x:si>
   <x:si>
-    <x:t>Miscellaneous Structures</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Firefighting Capacity Equipment Procurement</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar ($)</x:t>
   </x:si>
   <x:si>
     <x:t>Fish Passage Barrier Treatment</x:t>
   </x:si>
   <x:si>
+    <x:t>Removal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitigation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Creation</x:t>
   </x:si>
   <x:si>
-    <x:t>Mitigation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Barrier Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Natural</x:t>
+  </x:si>
+  <x:si>
     <x:t>Man-made</x:t>
   </x:si>
   <x:si>
-    <x:t>Natural</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fish Stocked</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose of Planting</x:t>
   </x:si>
   <x:si>
     <x:t>Recovery</x:t>
   </x:si>
   <x:si>
     <x:t>Grading</x:t>
   </x:si>
   <x:si>
     <x:t>Cubic Yard (cubic yards)</x:t>
   </x:si>
   <x:si>
     <x:t>Method</x:t>
   </x:si>
   <x:si>
+    <x:t>Rough and Finish Grading</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drainage Control and Alteration Grading</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Compaction </x:t>
   </x:si>
   <x:si>
-    <x:t>Drainage Control and Alteration Grading</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Excavation and Cut/Fill Grading</x:t>
   </x:si>
   <x:si>
     <x:t>Landform and Slope Grading</x:t>
   </x:si>
   <x:si>
-    <x:t>Rough and Finish Grading</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ground Water Supply Improvement</x:t>
   </x:si>
   <x:si>
     <x:t>Project Type</x:t>
   </x:si>
   <x:si>
     <x:t>FloodMar/Aquifer Recharge</x:t>
   </x:si>
   <x:si>
+    <x:t>Wetland/Meadow Restoration</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riparian/Floodplain Restoration</x:t>
   </x:si>
   <x:si>
-    <x:t>Wetland/Meadow Restoration</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Hours of Volunteer &amp; Citizen Science</x:t>
   </x:si>
   <x:si>
     <x:t>Households, Businesses, or Critical Infrastructure protected by Hardening Projects</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Damage Potential (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Type Inspected</x:t>
   </x:si>
   <x:si>
+    <x:t>Energy Substations</x:t>
+  </x:si>
+  <x:si>
     <x:t>Developed Recreation Sites</x:t>
   </x:si>
   <x:si>
-    <x:t>Energy Substations</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Structure Defensible Spaces</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Structural Exposure Score (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Reservoirs</x:t>
   </x:si>
   <x:si>
     <x:t>Institutional Controls (Deed Restrictions)</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose of Restriction</x:t>
   </x:si>
   <x:si>
+    <x:t>Public Safety &amp; Access Control</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pollution Prevention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Land Use Restrictions</x:t>
+  </x:si>
+  <x:si>
     <x:t>Environmental Conservation</x:t>
   </x:si>
   <x:si>
-    <x:t>Land Use Restrictions</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Length of Public Shoreline Added</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Foot (lf)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Fireline Constructed for Wildfire Response or Preparedness</x:t>
   </x:si>
   <x:si>
     <x:t>Mile (miles)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Damage Potential (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Utility Corridors</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Structural Exposure Score (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Pedestrian and Bicycle Routes Improved or Constructed</x:t>
   </x:si>
   <x:si>
     <x:t>Constructed</x:t>
   </x:si>
   <x:si>
     <x:t>Designated</x:t>
   </x:si>
   <x:si>
     <x:t>Path or Route Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Sidewalk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Class III/Bike Route</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Class II/Bike Lane</x:t>
+  </x:si>
+  <x:si>
     <x:t>Class I/Shared Use Path</x:t>
   </x:si>
   <x:si>
-    <x:t>Class II/Bike Lane</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Miles of Road Treated</x:t>
   </x:si>
   <x:si>
+    <x:t>Retrofitted</x:t>
+  </x:si>
+  <x:si>
     <x:t>Decommissioned</x:t>
   </x:si>
   <x:si>
-    <x:t>Retrofitted</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Road Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Unpaved</x:t>
+  </x:si>
+  <x:si>
     <x:t>Paved</x:t>
   </x:si>
   <x:si>
-    <x:t>Unpaved</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Miles of Trails Developed or Improved</x:t>
   </x:si>
   <x:si>
     <x:t>Developed</x:t>
   </x:si>
   <x:si>
     <x:t>Mine Waste Management</x:t>
   </x:si>
   <x:si>
     <x:t>Captured/ Buried (Sequestration)</x:t>
   </x:si>
   <x:si>
     <x:t>NEPA/CEQA-ready Acres</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Plants Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Pounds of Air Pollutants Removed or Avoided by Project</x:t>
   </x:si>
   <x:si>
     <x:t>Pounds (lbs)</x:t>
   </x:si>
   <x:si>
     <x:t>Pollutant of Concern</x:t>
   </x:si>
   <x:si>
+    <x:t>Particulate Matter less than 2.5 Microns (PM2.5)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Particulate Matter less than 10 Microns (PM10)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozone (O3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nitrogen Oxides (NOx)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Carbon Monoxide (CO)</x:t>
   </x:si>
   <x:si>
-    <x:t>Nitrogen Oxides (NOx)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Pounds of Trash Removed</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration Structure Installation</x:t>
   </x:si>
   <x:si>
     <x:t>Structure Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Shotcrete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Post-Assisted Log Structure (PAL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabion walls</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concrete drainage control structures</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Beaver Dam Analog (BDA) </x:t>
   </x:si>
   <x:si>
-    <x:t>Concrete drainage control structures</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Sediment Load Reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Sediment Source</x:t>
   </x:si>
   <x:si>
     <x:t>Channel Incision</x:t>
   </x:si>
   <x:si>
+    <x:t>Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sheet and Rill Erosion </x:t>
+  </x:si>
+  <x:si>
     <x:t>Gully</x:t>
   </x:si>
   <x:si>
     <x:t>Mass Wasting</x:t>
   </x:si>
   <x:si>
-    <x:t>Road</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Soil Amendment Application</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose</x:t>
   </x:si>
   <x:si>
+    <x:t>Soil Fertility and Structure Improvement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pollution and Contamination Mitigation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Carbon Sequestration and Climate Change Mitigation</x:t>
   </x:si>
   <x:si>
-    <x:t>Pollution and Contamination Mitigation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Type of Material Applied</x:t>
   </x:si>
   <x:si>
+    <x:t>Woodchips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hydroseed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cover Soil (clean)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Biochar</x:t>
   </x:si>
   <x:si>
-    <x:t>Cover Soil (clean)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Special Status Species Sites Protected or Re-established</x:t>
   </x:si>
   <x:si>
+    <x:t>Re-established</x:t>
+  </x:si>
+  <x:si>
     <x:t>Protected</x:t>
   </x:si>
   <x:si>
-    <x:t>Re-established</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stream Corridor Restored</x:t>
   </x:si>
   <x:si>
     <x:t>Bank</x:t>
   </x:si>
   <x:si>
     <x:t>In-stream; Coldwater ecosystems</x:t>
   </x:si>
   <x:si>
     <x:t>Riparian Buffer</x:t>
   </x:si>
   <x:si>
+    <x:t>Plantings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fence Installed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LWD Installation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grade Stabilization</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bank Stabilization</x:t>
   </x:si>
   <x:si>
-    <x:t>Fence Installed</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Tons of Biomass Utilized</x:t>
   </x:si>
   <x:si>
     <x:t>Ton (tons)</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Biomass</x:t>
   </x:si>
   <x:si>
+    <x:t>Green Tons</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bone Dry Tons</x:t>
   </x:si>
   <x:si>
-    <x:t>Green Tons</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tons of Greenhouse Gases Reduced</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Mitigation</x:t>
   </x:si>
   <x:si>
+    <x:t>Sequestration</x:t>
+  </x:si>
+  <x:si>
     <x:t>Avoided Emissions</x:t>
   </x:si>
   <x:si>
-    <x:t>Sequestration</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Water Conserved or Released</x:t>
   </x:si>
   <x:si>
     <x:t>Acre-Foot (acre-feet)</x:t>
   </x:si>
   <x:si>
     <x:t>Site Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Wildland/Park/Natural Area</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agricultural</x:t>
   </x:si>
   <x:si>
+    <x:t>Residential</x:t>
+  </x:si>
+  <x:si>
     <x:t>Municipal Facility</x:t>
   </x:si>
   <x:si>
-    <x:t>Residential</x:t>
-[...2 lines deleted...]
-    <x:t>Wildland/Park/Natural Area</x:t>
+    <x:t>Increased Soil Water Holding Capacity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irrigation System Upgrade</x:t>
   </x:si>
   <x:si>
     <x:t>Equipment Retrofits</x:t>
   </x:si>
   <x:si>
+    <x:t>Leak Detection</x:t>
+  </x:si>
+  <x:si>
     <x:t>Forest Thinning</x:t>
   </x:si>
   <x:si>
-    <x:t>Increased Soil Water Holding Capacity</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Water Storage Facility</x:t>
   </x:si>
   <x:si>
     <x:t>Watercraft Inspections for Invasive Species</x:t>
   </x:si>
   <x:si>
     <x:t>Invasive Species Detected</x:t>
   </x:si>
   <x:si>
+    <x:t>Other (Fauna)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>None</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussel</x:t>
+  </x:si>
+  <x:si>
     <x:t>Flora</x:t>
   </x:si>
   <x:si>
-    <x:t>Mussel</x:t>
-[...5 lines deleted...]
-    <x:t>Other (Fauna)</x:t>
+    <x:t>Watercraft Decontaminated</x:t>
   </x:si>
   <x:si>
     <x:t>No Decontamination Necessary</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Watercraft Decontaminated</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1247,68 +1247,68 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:V161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="118.540625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.130625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="37.990625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="59.530625" style="0" customWidth="1"/>
-[...11 lines deleted...]
-    <x:col min="17" max="17" width="13.460625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="60.060625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="59.530625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="47.150625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="62.430625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="26.120625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="31.790625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="32.590625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="17.610625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="16.920625" style="0" customWidth="1"/>
+    <x:col min="14" max="14" width="15.670625" style="0" customWidth="1"/>
+    <x:col min="15" max="15" width="9.310625" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="16.740625" style="0" customWidth="1"/>
+    <x:col min="17" max="17" width="11.880625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="17.970625" style="0" customWidth="1"/>
-    <x:col min="19" max="19" width="26.220625" style="0" customWidth="1"/>
-[...2 lines deleted...]
-    <x:col min="22" max="22" width="11.880625" style="0" customWidth="1"/>
+    <x:col min="19" max="19" width="11.660625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="14.330625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="11.440625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="19.120625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:22">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -1505,66 +1505,66 @@
       <x:c r="I14" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="R14" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="R14" s="0" t="s">
+      <x:c r="S14" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="S14" s="0" t="s">
+      <x:c r="T14" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="T14" s="0" t="s">
+      <x:c r="U14" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="U14" s="0" t="s">
+      <x:c r="V14" s="0" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:22">
       <x:c r="A16" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:22">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
@@ -1584,109 +1584,109 @@
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:22">
       <x:c r="C18" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:22">
       <x:c r="C19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="L19" s="0" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:22">
       <x:c r="A21" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:22">
       <x:c r="A22" s="0" t="s">
         <x:v>71</x:v>
@@ -1745,51 +1745,51 @@
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:22">
       <x:c r="A26" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:22">
       <x:c r="A28" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:22">
       <x:c r="A29" s="0" t="s">
         <x:v>83</x:v>
@@ -1853,69 +1853,69 @@
     <x:row r="33" spans="1:22">
       <x:c r="C33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D33" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:22">
       <x:c r="C34" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D34" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F34" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F34" s="0" t="s">
+      <x:c r="G34" s="0" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:22">
       <x:c r="A36" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:22">
       <x:c r="A37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
@@ -2071,54 +2071,54 @@
       <x:c r="C48" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D48" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:22">
       <x:c r="A50" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:22">
       <x:c r="A51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>109</x:v>
@@ -2151,71 +2151,71 @@
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:22">
       <x:c r="A54" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D54" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G54" s="0" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:22">
       <x:c r="C55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D55" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F55" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F55" s="0" t="s">
+      <x:c r="G55" s="0" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:22">
       <x:c r="A57" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:22">
       <x:c r="A58" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>109</x:v>
@@ -2231,57 +2231,57 @@
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:22">
       <x:c r="C59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D59" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:22">
       <x:c r="C60" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D60" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -2388,54 +2388,54 @@
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:22">
       <x:c r="A70" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D70" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F70" s="0" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:22">
       <x:c r="A72" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:22">
       <x:c r="A73" s="0" t="s">
         <x:v>157</x:v>
@@ -2480,54 +2480,54 @@
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:22">
       <x:c r="A76" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D76" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:22">
       <x:c r="A78" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:22">
       <x:c r="A79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>125</x:v>
@@ -2628,57 +2628,57 @@
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:22">
       <x:c r="A88" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D88" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="F88" s="0" t="s">
+      <x:c r="G88" s="0" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:22">
       <x:c r="A90" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
@@ -2785,194 +2785,194 @@
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:22">
       <x:c r="A100" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D100" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:22">
       <x:c r="A102" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:22">
       <x:c r="A103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D103" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:22">
       <x:c r="A105" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:22">
       <x:c r="A106" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D106" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:22">
       <x:c r="C107" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D107" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F107" s="0" t="s">
+      <x:c r="G107" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="G107" s="0" t="s">
+      <x:c r="H107" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="H107" s="0" t="s">
+      <x:c r="I107" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:22">
       <x:c r="A109" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:22">
       <x:c r="A110" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D110" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:22">
       <x:c r="C111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:22">
       <x:c r="C112" s="0" t="s">
         <x:v>203</x:v>
@@ -3002,91 +3002,91 @@
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:22">
       <x:c r="A115" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D115" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G115" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:22">
       <x:c r="A117" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:22">
       <x:c r="A118" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D118" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:22">
       <x:c r="A120" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:22">
       <x:c r="A121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
@@ -3282,57 +3282,57 @@
       </x:c>
     </x:row>
     <x:row r="136" spans="1:22">
       <x:c r="A136" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D136" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I136" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="I136" s="0" t="s">
+      <x:c r="J136" s="0" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:22">
       <x:c r="A138" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:22">
       <x:c r="A139" s="0" t="s">
         <x:v>235</x:v>
@@ -3428,57 +3428,57 @@
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:22">
       <x:c r="A146" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D146" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G146" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="G146" s="0" t="s">
+      <x:c r="H146" s="0" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:22">
       <x:c r="C147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D147" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
@@ -3586,83 +3586,83 @@
       </x:c>
     </x:row>
     <x:row r="156" spans="1:22">
       <x:c r="A156" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D156" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:22">
       <x:c r="C157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D157" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:22">
       <x:c r="A159" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:22">
       <x:c r="A160" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>109</x:v>
@@ -3678,54 +3678,54 @@
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:22">
       <x:c r="C161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Performance Measures</vt:lpstr>
       <vt:lpstr>Performance Measures!Print_Area</vt:lpstr>
       <vt:lpstr>Performance Measures!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>