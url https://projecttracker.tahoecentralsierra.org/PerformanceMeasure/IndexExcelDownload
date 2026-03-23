--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb8be87ba8d4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3684b64adb804427876563bc6d790bcb.psmdcp" Id="R0efc2362f6874866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb28154d0ca34482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cfd2f71a6e0c4d81b7a5d3df00a88b5d.psmdcp" Id="R690f5a8184e24d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
@@ -46,873 +46,873 @@
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Biological Diversity Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>T&amp;E Species Richness (#species/acre)</x:t>
   </x:si>
   <x:si>
     <x:t>Unspecified</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Desired Forest Characteristics</x:t>
   </x:si>
   <x:si>
     <x:t>Fire Dynamics</x:t>
   </x:si>
   <x:si>
+    <x:t>Change in % Departure of Mean Fire Return Interval Condition Class</x:t>
+  </x:si>
+  <x:si>
     <x:t>Reduction from High to Med Annual Burn Probability (Pyrologix)</x:t>
   </x:si>
   <x:si>
-    <x:t>Change in % Departure of Mean Fire Return Interval Condition Class</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Structure</x:t>
   </x:si>
   <x:si>
     <x:t>Fine-Scale Heterogeneity Index</x:t>
   </x:si>
   <x:si>
     <x:t>Stand Density Index (% of Historic Max)</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Environmentally Sensitive Land Acquired</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Acres of Forest Fuels Reduction Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Phases</x:t>
   </x:si>
   <x:si>
+    <x:t>Completed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initial</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Maintenance </x:t>
+  </x:si>
+  <x:si>
     <x:t>Planning</x:t>
   </x:si>
   <x:si>
-    <x:t>Completed</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Critical Zone</x:t>
   </x:si>
   <x:si>
+    <x:t>Critical Habitats</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Critical Headwater Resources</x:t>
+  </x:si>
+  <x:si>
     <x:t>Recreation Areas</x:t>
   </x:si>
   <x:si>
-    <x:t>Critical Habitats</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Treatment Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Biomass Removal</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Broadcast Burning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemical Treatment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipping</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cultural Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand Piling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand Thinning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helicopter Yarding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jackpot Burning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Machine Piling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mechanical Thinning</x:t>
+  </x:si>
+  <x:si>
     <x:t>Pile Burning</x:t>
   </x:si>
   <x:si>
-    <x:t>Jackpot Burning</x:t>
-[...2 lines deleted...]
-    <x:t xml:space="preserve">Broadcast Burning </x:t>
+    <x:t>Prescribed Burning</x:t>
   </x:si>
   <x:si>
     <x:t>Prescribed/Targeted Grazing</x:t>
   </x:si>
   <x:si>
     <x:t>Pruning</x:t>
   </x:si>
   <x:si>
-    <x:t>Mechanical Thinning</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Salvage Cut</x:t>
   </x:si>
   <x:si>
-    <x:t>Machine Piling</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Acres of Habitat Restored/Created</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Aspen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coniferous Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deciduous Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dry Meadow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grassland/Prairie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oak Woodland</x:t>
+  </x:si>
+  <x:si>
     <x:t>Other Sensitive Habitat</x:t>
   </x:si>
   <x:si>
+    <x:t>SEZ/Wetland/Fen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stream Bank/Riparian</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vernal Pool</x:t>
   </x:si>
   <x:si>
-    <x:t>Dry Meadow</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Wet Meadow</x:t>
   </x:si>
   <x:si>
-    <x:t>SEZ/Wetland/Fen</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Action Taken</x:t>
   </x:si>
   <x:si>
+    <x:t>Created</x:t>
+  </x:si>
+  <x:si>
     <x:t>Enhanced</x:t>
   </x:si>
   <x:si>
     <x:t>Restored</x:t>
   </x:si>
   <x:si>
-    <x:t>Created</x:t>
+    <x:t xml:space="preserve">Hand Piling </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invasive Species Removal</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mechanical Piling </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowing/Brush Cutting</x:t>
   </x:si>
   <x:si>
     <x:t>Planting Native Species</x:t>
   </x:si>
   <x:si>
     <x:t>Soil Aeration/ Tilling</x:t>
   </x:si>
   <x:si>
-    <x:t>Invasive Species Removal</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Acres of Plants Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Condition</x:t>
   </x:si>
   <x:si>
     <x:t>% of Acreage in High Normalized Difference Vegetation Index (NDVI)</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetation and Land Cover Types Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Aquatic Plants</x:t>
   </x:si>
   <x:si>
+    <x:t>Cover Crops</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ground Covers</x:t>
   </x:si>
   <x:si>
-    <x:t>Cover Crops</x:t>
+    <x:t>Seeding Grasses, Forbs, and Shrubs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trees</x:t>
   </x:si>
   <x:si>
     <x:t>Wetland Plants</x:t>
   </x:si>
   <x:si>
-    <x:t>Trees</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Acres of SEZ Restored or Enhanced</x:t>
   </x:si>
   <x:si>
     <x:t>Action Performed</x:t>
   </x:si>
   <x:si>
     <x:t>Acres Reforested</x:t>
   </x:si>
   <x:si>
     <x:t>Acres Treated for Invasive Species</x:t>
   </x:si>
   <x:si>
     <x:t>Level of Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Achieved Control/Eradication</x:t>
   </x:si>
   <x:si>
+    <x:t>Initial Treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ongoing Maintenance</x:t>
   </x:si>
   <x:si>
-    <x:t>Initial Treatment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Invasive Species Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Aquatic</x:t>
+  </x:si>
+  <x:si>
     <x:t>Terrestrial</x:t>
   </x:si>
   <x:si>
-    <x:t>Aquatic</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Form of Removal</x:t>
   </x:si>
   <x:si>
     <x:t>Biological</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical</x:t>
   </x:si>
   <x:si>
+    <x:t>Manual</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mechanical</x:t>
   </x:si>
   <x:si>
-    <x:t>Manual</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Acres Treated with Integrated Pest and Disease Management</x:t>
   </x:si>
   <x:si>
+    <x:t>Hand Treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Herbicide Application</x:t>
   </x:si>
   <x:si>
+    <x:t>Mechanical Treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Pesticide Application</x:t>
   </x:si>
   <x:si>
-    <x:t>Hand Treatment</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Pest Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Disease</x:t>
+  </x:si>
+  <x:si>
     <x:t>Insects</x:t>
   </x:si>
   <x:si>
-    <x:t>Disease</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Response Strategies</x:t>
   </x:si>
   <x:si>
+    <x:t>Preventative</x:t>
+  </x:si>
+  <x:si>
     <x:t>Reactionary</x:t>
   </x:si>
   <x:si>
-    <x:t>Preventative</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ARUs (Acoustic Recording Units) Deployed</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (count)</x:t>
   </x:si>
   <x:si>
     <x:t>Community Outreach &amp; Training Events Conducted</x:t>
   </x:si>
   <x:si>
     <x:t>Completed Planning Documents</x:t>
   </x:si>
   <x:si>
     <x:t>Plan Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Carbon &amp; GHG Reduction Plan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Adaptation Research Plans</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Community Wildfire Protection Plan </x:t>
+  </x:si>
+  <x:si>
     <x:t>Conservation Plan</x:t>
   </x:si>
   <x:si>
-    <x:t>Carbon &amp; GHG Reduction Plan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Forest Management Plan</x:t>
   </x:si>
   <x:si>
-    <x:t>Climate Adaptation Research Plans</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habitat Plan</x:t>
   </x:si>
   <x:si>
     <x:t>Watershed Management Plan</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Community Wildfire Protection Plan </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Culverts improved or replaced for Water quality/sediment reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Location</x:t>
   </x:si>
   <x:si>
+    <x:t>Non-Special Flood Hazard Area</x:t>
+  </x:si>
+  <x:si>
     <x:t>Special Flood Hazard Area</x:t>
   </x:si>
   <x:si>
-    <x:t>Non-Special Flood Hazard Area</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Educational and Interpretive Programs Produced</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
     <x:t>Program Objective</x:t>
   </x:si>
   <x:si>
     <x:t>Education and Interpretation</x:t>
   </x:si>
   <x:si>
     <x:t>Technical Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Project Status</x:t>
   </x:si>
   <x:si>
+    <x:t>Delivered</x:t>
+  </x:si>
+  <x:si>
     <x:t>Produced</x:t>
   </x:si>
   <x:si>
-    <x:t>Delivered</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Facilities Improved &amp; Created</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Purpose of Facility</x:t>
   </x:si>
   <x:si>
+    <x:t>Education/Interpretation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firefighting Infrastructure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recreation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transit</x:t>
   </x:si>
   <x:si>
-    <x:t>Recreation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Water &amp; Power Supply, Storage, Operational, and Distribution Facilities</x:t>
   </x:si>
   <x:si>
-    <x:t>Education/Interpretation</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Improved</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Facility Type</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve"> Designated Areas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buildings &amp; Grounds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miscellaneous Structures</x:t>
+  </x:si>
+  <x:si>
     <x:t>Trails &amp; Paths</x:t>
   </x:si>
   <x:si>
-    <x:t>Miscellaneous Structures</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Firefighting Capacity Equipment Procurement</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar ($)</x:t>
   </x:si>
   <x:si>
     <x:t>Fish Passage Barrier Treatment</x:t>
   </x:si>
   <x:si>
+    <x:t>Creation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitigation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Removal</x:t>
   </x:si>
   <x:si>
-    <x:t>Mitigation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Barrier Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Man-made</x:t>
+  </x:si>
+  <x:si>
     <x:t>Natural</x:t>
   </x:si>
   <x:si>
-    <x:t>Man-made</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fish Stocked</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose of Planting</x:t>
   </x:si>
   <x:si>
     <x:t>Recovery</x:t>
   </x:si>
   <x:si>
     <x:t>Grading</x:t>
   </x:si>
   <x:si>
     <x:t>Cubic Yard (cubic yards)</x:t>
   </x:si>
   <x:si>
     <x:t>Method</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Compaction </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drainage Control and Alteration Grading</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Excavation and Cut/Fill Grading</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landform and Slope Grading</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rough and Finish Grading</x:t>
   </x:si>
   <x:si>
-    <x:t>Drainage Control and Alteration Grading</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Ground Water Supply Improvement</x:t>
   </x:si>
   <x:si>
     <x:t>Project Type</x:t>
   </x:si>
   <x:si>
     <x:t>FloodMar/Aquifer Recharge</x:t>
   </x:si>
   <x:si>
+    <x:t>Riparian/Floodplain Restoration</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wetland/Meadow Restoration</x:t>
   </x:si>
   <x:si>
-    <x:t>Riparian/Floodplain Restoration</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Hours of Volunteer &amp; Citizen Science</x:t>
   </x:si>
   <x:si>
     <x:t>Households, Businesses, or Critical Infrastructure protected by Hardening Projects</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Damage Potential (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Type Inspected</x:t>
   </x:si>
   <x:si>
+    <x:t>Developed Recreation Sites</x:t>
+  </x:si>
+  <x:si>
     <x:t>Energy Substations</x:t>
   </x:si>
   <x:si>
-    <x:t>Developed Recreation Sites</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Structure Defensible Spaces</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Structural Exposure Score (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Reservoirs</x:t>
   </x:si>
   <x:si>
     <x:t>Institutional Controls (Deed Restrictions)</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose of Restriction</x:t>
   </x:si>
   <x:si>
+    <x:t>Environmental Conservation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Land Use Restrictions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pollution Prevention</x:t>
+  </x:si>
+  <x:si>
     <x:t>Public Safety &amp; Access Control</x:t>
   </x:si>
   <x:si>
-    <x:t>Pollution Prevention</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Length of Public Shoreline Added</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Foot (lf)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Fireline Constructed for Wildfire Response or Preparedness</x:t>
   </x:si>
   <x:si>
     <x:t>Mile (miles)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Damage Potential (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Utility Corridors</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Infrastructure Improved and Inspected for Fire-Safe Practices (Reduction from High to Med Structural Exposure Score (Pyrologix)</x:t>
   </x:si>
   <x:si>
     <x:t>Miles of Pedestrian and Bicycle Routes Improved or Constructed</x:t>
   </x:si>
   <x:si>
     <x:t>Constructed</x:t>
   </x:si>
   <x:si>
     <x:t>Designated</x:t>
   </x:si>
   <x:si>
     <x:t>Path or Route Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Class I/Shared Use Path</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Class II/Bike Lane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Class III/Bike Route</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sidewalk</x:t>
   </x:si>
   <x:si>
-    <x:t>Class III/Bike Route</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Miles of Road Treated</x:t>
   </x:si>
   <x:si>
+    <x:t>Decommissioned</x:t>
+  </x:si>
+  <x:si>
     <x:t>Retrofitted</x:t>
   </x:si>
   <x:si>
-    <x:t>Decommissioned</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Road Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Paved</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unpaved</x:t>
   </x:si>
   <x:si>
-    <x:t>Paved</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Miles of Trails Developed or Improved</x:t>
   </x:si>
   <x:si>
     <x:t>Developed</x:t>
   </x:si>
   <x:si>
     <x:t>Mine Waste Management</x:t>
   </x:si>
   <x:si>
     <x:t>Captured/ Buried (Sequestration)</x:t>
   </x:si>
   <x:si>
     <x:t>NEPA/CEQA-ready Acres</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Plants Installed</x:t>
   </x:si>
   <x:si>
     <x:t>Pounds of Air Pollutants Removed or Avoided by Project</x:t>
   </x:si>
   <x:si>
     <x:t>Pounds (lbs)</x:t>
   </x:si>
   <x:si>
     <x:t>Pollutant of Concern</x:t>
   </x:si>
   <x:si>
+    <x:t>Carbon Monoxide (CO)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nitrogen Oxides (NOx)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozone (O3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Particulate Matter less than 10 Microns (PM10)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Particulate Matter less than 2.5 Microns (PM2.5)</x:t>
   </x:si>
   <x:si>
-    <x:t>Particulate Matter less than 10 Microns (PM10)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Pounds of Trash Removed</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration Structure Installation</x:t>
   </x:si>
   <x:si>
     <x:t>Structure Type</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Beaver Dam Analog (BDA) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concrete drainage control structures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabion walls</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Post-Assisted Log Structure (PAL)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Shotcrete</x:t>
   </x:si>
   <x:si>
-    <x:t>Post-Assisted Log Structure (PAL)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Sediment Load Reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Sediment Source</x:t>
   </x:si>
   <x:si>
     <x:t>Channel Incision</x:t>
   </x:si>
   <x:si>
+    <x:t>Gully</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Wasting</x:t>
+  </x:si>
+  <x:si>
     <x:t>Road</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Sheet and Rill Erosion </x:t>
   </x:si>
   <x:si>
-    <x:t>Gully</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Soil Amendment Application</x:t>
   </x:si>
   <x:si>
     <x:t>Purpose</x:t>
   </x:si>
   <x:si>
+    <x:t>Carbon Sequestration and Climate Change Mitigation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pollution and Contamination Mitigation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Soil Fertility and Structure Improvement</x:t>
   </x:si>
   <x:si>
-    <x:t>Pollution and Contamination Mitigation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Type of Material Applied</x:t>
   </x:si>
   <x:si>
+    <x:t>Biochar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cover Soil (clean)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hydroseed</x:t>
+  </x:si>
+  <x:si>
     <x:t>Woodchips</x:t>
   </x:si>
   <x:si>
-    <x:t>Hydroseed</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Special Status Species Sites Protected or Re-established</x:t>
   </x:si>
   <x:si>
+    <x:t>Protected</x:t>
+  </x:si>
+  <x:si>
     <x:t>Re-established</x:t>
   </x:si>
   <x:si>
-    <x:t>Protected</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stream Corridor Restored</x:t>
   </x:si>
   <x:si>
     <x:t>Bank</x:t>
   </x:si>
   <x:si>
     <x:t>In-stream; Coldwater ecosystems</x:t>
   </x:si>
   <x:si>
     <x:t>Riparian Buffer</x:t>
   </x:si>
   <x:si>
+    <x:t>Bank Stabilization</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fence Installed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grade Stabilization</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LWD Installation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Plantings</x:t>
   </x:si>
   <x:si>
-    <x:t>Fence Installed</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Tons of Biomass Utilized</x:t>
   </x:si>
   <x:si>
     <x:t>Ton (tons)</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Biomass</x:t>
   </x:si>
   <x:si>
+    <x:t>Bone Dry Tons</x:t>
+  </x:si>
+  <x:si>
     <x:t>Green Tons</x:t>
   </x:si>
   <x:si>
-    <x:t>Bone Dry Tons</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tons of Greenhouse Gases Reduced</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Mitigation</x:t>
   </x:si>
   <x:si>
+    <x:t>Avoided Emissions</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sequestration</x:t>
   </x:si>
   <x:si>
-    <x:t>Avoided Emissions</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Water Conserved or Released</x:t>
   </x:si>
   <x:si>
     <x:t>Acre-Foot (acre-feet)</x:t>
   </x:si>
   <x:si>
     <x:t>Site Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Agricultural</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Municipal Facility</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residential</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wildland/Park/Natural Area</x:t>
   </x:si>
   <x:si>
-    <x:t>Agricultural</x:t>
-[...5 lines deleted...]
-    <x:t>Municipal Facility</x:t>
+    <x:t>Equipment Retrofits</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forest Thinning</x:t>
   </x:si>
   <x:si>
     <x:t>Increased Soil Water Holding Capacity</x:t>
   </x:si>
   <x:si>
     <x:t>Irrigation System Upgrade</x:t>
   </x:si>
   <x:si>
-    <x:t>Equipment Retrofits</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Leak Detection</x:t>
   </x:si>
   <x:si>
-    <x:t>Forest Thinning</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Water Storage Facility</x:t>
   </x:si>
   <x:si>
     <x:t>Watercraft Inspections for Invasive Species</x:t>
   </x:si>
   <x:si>
     <x:t>Invasive Species Detected</x:t>
   </x:si>
   <x:si>
+    <x:t>Flora</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>None</x:t>
+  </x:si>
+  <x:si>
     <x:t>Other (Fauna)</x:t>
   </x:si>
   <x:si>
-    <x:t>None</x:t>
-[...5 lines deleted...]
-    <x:t>Flora</x:t>
+    <x:t>No Decontamination Necessary</x:t>
   </x:si>
   <x:si>
     <x:t>Watercraft Decontaminated</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>No Decontamination Necessary</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1247,68 +1247,68 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:V161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="118.540625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.130625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="37.990625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="60.060625" style="0" customWidth="1"/>
-[...11 lines deleted...]
-    <x:col min="17" max="17" width="11.880625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="59.530625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="56.430625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="36.100625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="42.240625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="43.300625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="62.430625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="21.590625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="27.310625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="19.030625" style="0" customWidth="1"/>
+    <x:col min="14" max="14" width="20.470625" style="0" customWidth="1"/>
+    <x:col min="15" max="15" width="11.910625" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="19.460625" style="0" customWidth="1"/>
+    <x:col min="17" max="17" width="13.460625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="17.970625" style="0" customWidth="1"/>
-    <x:col min="19" max="19" width="11.660625" style="0" customWidth="1"/>
-[...2 lines deleted...]
-    <x:col min="22" max="22" width="19.120625" style="0" customWidth="1"/>
+    <x:col min="19" max="19" width="26.220625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="8.420625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="11.660625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="11.880625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:22">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -1505,66 +1505,66 @@
       <x:c r="I14" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R14" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S14" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="T14" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U14" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="V14" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:22">
       <x:c r="A16" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:22">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
@@ -1584,109 +1584,109 @@
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="P17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="P17" s="0" t="s">
+      <x:c r="Q17" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:22">
       <x:c r="C18" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:22">
       <x:c r="C19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G19" s="0" t="s">
+      <x:c r="H19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="H19" s="0" t="s">
+      <x:c r="I19" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="I19" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:22">
       <x:c r="A21" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:22">
       <x:c r="A22" s="0" t="s">
         <x:v>71</x:v>
@@ -1745,51 +1745,51 @@
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:22">
       <x:c r="A26" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:22">
       <x:c r="A28" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:22">
       <x:c r="A29" s="0" t="s">
         <x:v>83</x:v>
@@ -1853,69 +1853,69 @@
     <x:row r="33" spans="1:22">
       <x:c r="C33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D33" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:22">
       <x:c r="C34" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D34" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:22">
       <x:c r="A36" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:22">
       <x:c r="A37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
@@ -2071,54 +2071,54 @@
       <x:c r="C48" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D48" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="L48" s="0" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:22">
       <x:c r="A50" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:22">
       <x:c r="A51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>109</x:v>
@@ -2151,71 +2151,71 @@
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:22">
       <x:c r="A54" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D54" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:22">
       <x:c r="C55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D55" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:22">
       <x:c r="A57" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:22">
       <x:c r="A58" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>109</x:v>
@@ -2231,57 +2231,57 @@
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:22">
       <x:c r="C59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D59" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:22">
       <x:c r="C60" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D60" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -2388,54 +2388,54 @@
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:22">
       <x:c r="A70" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D70" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:22">
       <x:c r="A72" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:22">
       <x:c r="A73" s="0" t="s">
         <x:v>157</x:v>
@@ -2480,54 +2480,54 @@
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:22">
       <x:c r="A76" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D76" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="H76" s="0" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:22">
       <x:c r="A78" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:22">
       <x:c r="A79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>125</x:v>
@@ -2628,57 +2628,57 @@
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:22">
       <x:c r="A88" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D88" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="G88" s="0" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:22">
       <x:c r="A90" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
@@ -2785,194 +2785,194 @@
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:22">
       <x:c r="A100" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D100" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:22">
       <x:c r="A102" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:22">
       <x:c r="A103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D103" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:22">
       <x:c r="A105" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:22">
       <x:c r="A106" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D106" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:22">
       <x:c r="C107" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D107" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:22">
       <x:c r="A109" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:22">
       <x:c r="A110" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D110" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:22">
       <x:c r="C111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:22">
       <x:c r="C112" s="0" t="s">
         <x:v>203</x:v>
@@ -3002,91 +3002,91 @@
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:22">
       <x:c r="A115" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D115" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:22">
       <x:c r="A117" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:22">
       <x:c r="A118" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D118" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:22">
       <x:c r="A120" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:22">
       <x:c r="A121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
@@ -3282,57 +3282,57 @@
       </x:c>
     </x:row>
     <x:row r="136" spans="1:22">
       <x:c r="A136" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D136" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:22">
       <x:c r="A138" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:22">
       <x:c r="A139" s="0" t="s">
         <x:v>235</x:v>
@@ -3428,57 +3428,57 @@
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:22">
       <x:c r="A146" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D146" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:22">
       <x:c r="C147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D147" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
@@ -3586,83 +3586,83 @@
       </x:c>
     </x:row>
     <x:row r="156" spans="1:22">
       <x:c r="A156" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D156" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="I156" s="0" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:22">
       <x:c r="C157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D157" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="K157" s="0" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:22">
       <x:c r="A159" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:22">
       <x:c r="A160" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>109</x:v>
@@ -3678,54 +3678,54 @@
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:22">
       <x:c r="C161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G161" s="0" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Performance Measures</vt:lpstr>
       <vt:lpstr>Performance Measures!Print_Area</vt:lpstr>
       <vt:lpstr>Performance Measures!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>